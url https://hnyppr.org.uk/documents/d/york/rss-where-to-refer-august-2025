--- v0 (2025-10-30)
+++ v1 (2026-02-04)
@@ -1,100 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nhs-my.sharepoint.com/personal/polly_fulchini1_nhs_net/Documents/Digital Repository/Documents on Repository/Referral Support Service/Primary care admin support/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C80F637A-3C55-4A1A-8CB5-F7FF4227CB34}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{26BFBA61-45B3-4A3B-A6C5-904426EDF7E0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3AD121A0-4089-4BAC-A000-BE016960E0FE}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{22FD4C58-16B5-4980-8C5C-950A6E5C65B1}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$2:$E$273</definedName>
+  </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="628" uniqueCount="317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="831" uniqueCount="310">
   <si>
     <t>Specialty</t>
   </si>
   <si>
     <t>Clinic/Comments</t>
   </si>
   <si>
-    <t>Referral Route</t>
-[...1 lines deleted...]
-  <si>
     <t>Additional Information</t>
-  </si>
-[...1 lines deleted...]
-    <t>Currently</t>
   </si>
   <si>
     <t>Key</t>
   </si>
   <si>
     <t>2WW</t>
   </si>
   <si>
     <t>2WW Brain</t>
   </si>
   <si>
     <t>Gateway/e-RS</t>
   </si>
   <si>
     <t xml:space="preserve"> The nearest service providers are Leeds Teaching Hospitals NHS Trust (0113 2432 799) or Hull and East Yorkshire Hospitals NHS Trusts (01482 875 875). </t>
   </si>
   <si>
     <t>Referrals not processed by RSS currently</t>
   </si>
   <si>
     <t>2WW Breast (this includes Malignancy of Lymph Node -see questionnaire section for option)</t>
   </si>
   <si>
     <t>RSS/e-RS</t>
   </si>
@@ -355,60 +353,54 @@
   <si>
     <t>Skin Surgery for Benign Lesions</t>
   </si>
   <si>
     <t>Vulval Skin Disorders</t>
   </si>
   <si>
     <t>Diabetic Medicine</t>
   </si>
   <si>
     <t>Erectile Dysfunction</t>
   </si>
   <si>
     <t>No clinic via RSS, erectile dysfunction processed via Urology</t>
   </si>
   <si>
     <t>General Diabetic Management</t>
   </si>
   <si>
     <t>RSS/Gateway</t>
   </si>
   <si>
     <t>Renal Diabetes</t>
   </si>
   <si>
-    <t>Diagnostic</t>
-[...1 lines deleted...]
-  <si>
     <t>Gastroscopy</t>
   </si>
   <si>
     <t>No Urgent service. Either 2WW or Routine</t>
-  </si>
-[...1 lines deleted...]
-    <t>Endoscopy</t>
   </si>
   <si>
     <t>Diagnostic Imaging</t>
   </si>
   <si>
     <t>Not referred via the RSS</t>
   </si>
   <si>
     <t>Diagnostic Pathology</t>
   </si>
   <si>
     <t>Diagnostic Physiological Measurement</t>
   </si>
   <si>
     <t>Cardiac Physiology – BP</t>
   </si>
   <si>
     <t>Syncope clinic</t>
   </si>
   <si>
     <t>Cardiac Physiology – Echocardiogram</t>
   </si>
   <si>
     <t>This is the pathway for the palpitations and open access echo assessment services</t>
   </si>
@@ -610,122 +602,95 @@
   <si>
     <t>Post Menopausal Bleeding</t>
   </si>
   <si>
     <t>Recurrent Miscarriage</t>
   </si>
   <si>
     <t>Urogynaecology/Prolapse</t>
   </si>
   <si>
     <t>Vulval and Perineal Lesions</t>
   </si>
   <si>
     <t>Clotting Disorders</t>
   </si>
   <si>
     <t>Haemaglobinopathies</t>
   </si>
   <si>
     <t>Autoimmune Disease</t>
   </si>
   <si>
     <t>Immunodeficiency</t>
   </si>
   <si>
-    <t>Infectious</t>
-[...1 lines deleted...]
-  <si>
     <t>Infectious Diseases</t>
   </si>
   <si>
-    <t>Diseases</t>
-[...4 lines deleted...]
-  <si>
     <t>Not referred via RSS</t>
   </si>
   <si>
-    <t>Radiology</t>
-[...1 lines deleted...]
-  <si>
     <t>Adult Learning Disabilities</t>
   </si>
   <si>
-    <t>Mental Health –</t>
-[...7 lines deleted...]
-  <si>
     <t>RSS do not process memory referrals no clinic on e-RS -https://www.valeofyorkccg.nhs.uk/rss/home/neurology/referrals-to-memory-services/</t>
   </si>
   <si>
     <t>Epilepsy</t>
   </si>
   <si>
     <t>Headache</t>
   </si>
   <si>
     <t>Neuromuscular</t>
   </si>
   <si>
     <t>Parkinsons/Movement Disorders</t>
   </si>
   <si>
     <t>Needs to be changed to Stroke / Stroke (Not TIA).</t>
   </si>
   <si>
     <t xml:space="preserve">Refer via Gateway (AHP) </t>
   </si>
   <si>
     <t>See Geriatric medicine</t>
   </si>
   <si>
     <t>Neurosurgery</t>
   </si>
   <si>
     <t>Spinal</t>
   </si>
   <si>
     <t>Obstetrics</t>
   </si>
   <si>
-    <t>Occupational</t>
-[...1 lines deleted...]
-  <si>
     <t>Via AHP (VOY/SR)</t>
   </si>
   <si>
-    <t>Therapy</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">via AHP (VOY)  </t>
   </si>
   <si>
     <t>Stroke Therapy</t>
   </si>
   <si>
     <t>Ophthalmology</t>
   </si>
   <si>
     <t>Cataract</t>
   </si>
   <si>
     <t>Cornea</t>
   </si>
   <si>
     <t>Diabetic Medical Retina</t>
   </si>
   <si>
     <t>External Eye Disease</t>
   </si>
   <si>
     <t>Glaucoma</t>
   </si>
   <si>
     <t>Laser (YAG Capsulotomy)</t>
@@ -1019,57 +984,75 @@
     <t>Prostate</t>
   </si>
   <si>
     <t>Urinary Calculus</t>
   </si>
   <si>
     <t>Vasectomy</t>
   </si>
   <si>
     <t>Direct to primary care service for procedure by LA</t>
   </si>
   <si>
     <t>Direct to Haxby via email</t>
   </si>
   <si>
     <t>Hospital if had previous surgery &amp; needs to be General Anesthetic / Marie stopes Leeds - Via RSS/e-RS with proforma</t>
   </si>
   <si>
     <t>Surgery - Cardiothoracic</t>
   </si>
   <si>
     <t>Cardiac surgery</t>
   </si>
   <si>
     <t>Thoracic Surgery</t>
+  </si>
+  <si>
+    <t>Current Referral Route</t>
+  </si>
+  <si>
+    <t>Interventional Radiology</t>
+  </si>
+  <si>
+    <t>Mental Health – Child and Adolescent</t>
+  </si>
+  <si>
+    <t>Mental Health – Adults of All Ages</t>
+  </si>
+  <si>
+    <t>Diagnostic Endoscopy</t>
+  </si>
+  <si>
+    <t>Occupational Therapy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
@@ -1096,243 +1079,761 @@
     </font>
     <font>
       <u/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF242424"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="9"/>
+      <color theme="0" tint="-0.499984740745262"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="26">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="110">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...42 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
@@ -1613,3071 +2114,3476 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yorsexualhealth.org.uk/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3DB4FBC1-B62B-49C6-AAD2-41255A36E911}">
-  <dimension ref="A1:G273"/>
+  <dimension ref="B1:H273"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A214" workbookViewId="0">
-      <selection activeCell="C250" sqref="C250"/>
+    <sheetView tabSelected="1" zoomScale="94" zoomScaleNormal="94" workbookViewId="0">
+      <selection activeCell="H14" sqref="H14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="25.33203125" defaultRowHeight="11.4" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="25.33203125" style="1"/>
-[...5 lines deleted...]
-    <col min="8" max="16384" width="25.33203125" style="1"/>
+    <col min="1" max="1" width="3.6640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="38.88671875" style="14" customWidth="1"/>
+    <col min="3" max="3" width="25.33203125" style="1"/>
+    <col min="4" max="4" width="18" style="1" customWidth="1"/>
+    <col min="5" max="5" width="39.33203125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="26.88671875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="6.33203125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="43.109375" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="25.33203125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="A2" s="23" t="s">
+    <row r="1" spans="2:8" ht="12" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="12"/>
+      <c r="C1" s="13"/>
+      <c r="D1" s="13"/>
+      <c r="E1" s="13"/>
+    </row>
+    <row r="2" spans="2:8" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B2" s="61" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="23" t="s">
+      <c r="C2" s="62" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="10" t="s">
+      <c r="D2" s="63" t="s">
+        <v>304</v>
+      </c>
+      <c r="E2" s="64" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="23" t="s">
+    </row>
+    <row r="3" spans="2:8" ht="12.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B3" s="65"/>
+      <c r="C3" s="29"/>
+      <c r="D3" s="30"/>
+      <c r="E3" s="66"/>
+      <c r="H3" s="7" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="3" spans="1:7" ht="12" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C3" s="10" t="s">
+    <row r="4" spans="2:8" ht="45.6" x14ac:dyDescent="0.2">
+      <c r="B4" s="67" t="s">
         <v>4</v>
       </c>
-      <c r="D3" s="23"/>
-      <c r="G3" s="12" t="s">
+      <c r="C4" s="26" t="s">
         <v>5</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" s="6" t="s">
+      <c r="D4" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="E4" s="68" t="s">
         <v>7</v>
       </c>
-      <c r="C4" s="6" t="s">
+      <c r="F4" s="2"/>
+      <c r="H4" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D4" s="6" t="s">
+    </row>
+    <row r="5" spans="2:8" ht="34.200000000000003" x14ac:dyDescent="0.2">
+      <c r="B5" s="69" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="E4" s="2"/>
-[...6 lines deleted...]
-      <c r="B5" s="6" t="s">
+      <c r="D5" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" s="70"/>
+      <c r="H5" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="C5" s="6" t="s">
+    </row>
+    <row r="6" spans="2:8" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B6" s="69" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="D5" s="6"/>
-      <c r="G5" s="4" t="s">
+      <c r="D6" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E6" s="70"/>
+      <c r="H6" s="5" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="1:7" ht="22.8" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B6" s="6" t="s">
+    <row r="7" spans="2:8" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="69" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="16" t="s">
         <v>14</v>
       </c>
-      <c r="C6" s="6" t="s">
-[...3 lines deleted...]
-      <c r="G6" s="5" t="s">
+      <c r="D7" s="11" t="s">
         <v>15</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B7" s="30" t="s">
+      <c r="E7" s="71" t="s">
         <v>16</v>
       </c>
-      <c r="C7" s="24" t="s">
+    </row>
+    <row r="8" spans="2:8" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="69" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="17"/>
+      <c r="D8" s="11"/>
+      <c r="E8" s="71"/>
+    </row>
+    <row r="9" spans="2:8" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="69" t="s">
+        <v>4</v>
+      </c>
+      <c r="C9" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="D7" s="25" t="s">
+      <c r="D9" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E9" s="70"/>
+    </row>
+    <row r="10" spans="2:8" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="69" t="s">
+        <v>4</v>
+      </c>
+      <c r="C10" s="15" t="s">
         <v>18</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="B9" s="6" t="s">
+      <c r="D10" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="70"/>
+    </row>
+    <row r="11" spans="2:8" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="69" t="s">
+        <v>4</v>
+      </c>
+      <c r="C11" s="15" t="s">
         <v>19</v>
       </c>
-      <c r="C9" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B10" s="6" t="s">
+      <c r="D11" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E11" s="70"/>
+    </row>
+    <row r="12" spans="2:8" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="69" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="15" t="s">
         <v>20</v>
       </c>
-      <c r="C10" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B11" s="6" t="s">
+      <c r="D12" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E12" s="70"/>
+    </row>
+    <row r="13" spans="2:8" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="69" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="15" t="s">
         <v>21</v>
       </c>
-      <c r="C11" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B12" s="6" t="s">
+      <c r="D13" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E13" s="70"/>
+    </row>
+    <row r="14" spans="2:8" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B14" s="69" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="C12" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B13" s="6" t="s">
+      <c r="D14" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B14" s="14" t="s">
+      <c r="E14" s="72" t="s">
         <v>24</v>
       </c>
-      <c r="C14" s="14" t="s">
+    </row>
+    <row r="15" spans="2:8" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="69" t="s">
+        <v>4</v>
+      </c>
+      <c r="C15" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="D14" s="3" t="s">
+      <c r="D15" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" s="70" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="15" spans="1:7" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B15" s="6" t="s">
+    <row r="16" spans="2:8" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="69" t="s">
+        <v>4</v>
+      </c>
+      <c r="C16" s="15" t="s">
         <v>27</v>
       </c>
-      <c r="C15" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="6" t="s">
+      <c r="D16" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E16" s="70"/>
+    </row>
+    <row r="17" spans="2:6" ht="193.8" x14ac:dyDescent="0.2">
+      <c r="B17" s="69" t="s">
+        <v>4</v>
+      </c>
+      <c r="C17" s="15" t="s">
         <v>28</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B16" s="6" t="s">
+      <c r="D17" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" s="70" t="s">
         <v>29</v>
       </c>
-      <c r="C16" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B17" s="6" t="s">
+    </row>
+    <row r="18" spans="2:6" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="73" t="s">
+        <v>4</v>
+      </c>
+      <c r="C18" s="27" t="s">
         <v>30</v>
       </c>
-      <c r="C17" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D17" s="6" t="s">
+      <c r="D18" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E18" s="74"/>
+    </row>
+    <row r="19" spans="2:6" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="75" t="s">
         <v>31</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B18" s="6" t="s">
+      <c r="C19" s="31" t="s">
+        <v>31</v>
+      </c>
+      <c r="D19" s="31" t="s">
+        <v>6</v>
+      </c>
+      <c r="E19" s="76"/>
+    </row>
+    <row r="20" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="67" t="s">
         <v>32</v>
       </c>
-      <c r="C18" s="6" t="s">
-[...5 lines deleted...]
-      <c r="A19" s="10" t="s">
+      <c r="C20" s="26" t="s">
         <v>33</v>
       </c>
-      <c r="B19" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A20" s="23" t="s">
+      <c r="D20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="E20" s="68"/>
+    </row>
+    <row r="21" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="69" t="s">
+        <v>32</v>
+      </c>
+      <c r="C21" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="B20" s="6" t="s">
+      <c r="D21" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E21" s="70"/>
+    </row>
+    <row r="22" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="69" t="s">
+        <v>32</v>
+      </c>
+      <c r="C22" s="15" t="s">
         <v>35</v>
       </c>
-      <c r="C20" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B21" s="6" t="s">
+      <c r="D22" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E22" s="70"/>
+    </row>
+    <row r="23" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="69" t="s">
+        <v>32</v>
+      </c>
+      <c r="C23" s="15" t="s">
         <v>36</v>
       </c>
-      <c r="C21" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B22" s="6" t="s">
+      <c r="D23" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E23" s="70"/>
+    </row>
+    <row r="24" spans="2:6" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B24" s="69" t="s">
+        <v>32</v>
+      </c>
+      <c r="C24" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="C22" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B23" s="6" t="s">
+      <c r="D24" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E24" s="70" t="s">
         <v>38</v>
       </c>
-      <c r="C23" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B24" s="6" t="s">
+    </row>
+    <row r="25" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="69" t="s">
+        <v>32</v>
+      </c>
+      <c r="C25" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="C24" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="6" t="s">
+      <c r="D25" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E25" s="70"/>
+    </row>
+    <row r="26" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="69" t="s">
+        <v>32</v>
+      </c>
+      <c r="C26" s="15" t="s">
         <v>40</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B25" s="6" t="s">
+      <c r="D26" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E26" s="70"/>
+    </row>
+    <row r="27" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="69" t="s">
+        <v>32</v>
+      </c>
+      <c r="C27" s="15" t="s">
         <v>41</v>
       </c>
-      <c r="C25" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B26" s="6" t="s">
+      <c r="D27" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E27" s="70" t="s">
         <v>42</v>
       </c>
-      <c r="C26" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B27" s="6" t="s">
+    </row>
+    <row r="28" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="69" t="s">
+        <v>32</v>
+      </c>
+      <c r="C28" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="C27" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D27" s="6" t="s">
+      <c r="D28" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E28" s="70"/>
+    </row>
+    <row r="29" spans="2:6" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B29" s="69" t="s">
+        <v>32</v>
+      </c>
+      <c r="C29" s="15" t="s">
         <v>44</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B28" s="6" t="s">
+      <c r="D29" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E29" s="70" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="30" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="69" t="s">
+        <v>32</v>
+      </c>
+      <c r="C30" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="C28" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B29" s="6" t="s">
+      <c r="D30" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E30" s="70" t="s">
         <v>46</v>
       </c>
-      <c r="C29" s="6" t="s">
-[...8 lines deleted...]
-      <c r="B30" s="6" t="s">
+      <c r="F30" s="8"/>
+    </row>
+    <row r="31" spans="2:6" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="73" t="s">
+        <v>32</v>
+      </c>
+      <c r="C31" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="C30" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D30" s="6" t="s">
+      <c r="D31" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E31" s="74"/>
+    </row>
+    <row r="32" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="67" t="s">
         <v>48</v>
       </c>
-      <c r="E30" s="13"/>
-[...3 lines deleted...]
-      <c r="B31" s="6" t="s">
+      <c r="C32" s="26" t="s">
+        <v>31</v>
+      </c>
+      <c r="D32" s="22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" s="68"/>
+    </row>
+    <row r="33" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C33" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="C31" s="6" t="s">
-[...5 lines deleted...]
-      <c r="A32" s="21" t="s">
+      <c r="D33" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E33" s="70"/>
+    </row>
+    <row r="34" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C34" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E34" s="70"/>
+    </row>
+    <row r="35" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C35" s="15" t="s">
         <v>50</v>
       </c>
-      <c r="B32" s="6" t="s">
-[...9 lines deleted...]
-      <c r="B33" s="6" t="s">
+      <c r="D35" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" s="70"/>
+    </row>
+    <row r="36" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C36" s="18" t="s">
         <v>51</v>
       </c>
-      <c r="C33" s="6" t="s">
-[...16 lines deleted...]
-      <c r="B35" s="6" t="s">
+      <c r="D36" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E36" s="72"/>
+    </row>
+    <row r="37" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C37" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="C35" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B36" s="14" t="s">
+      <c r="D37" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" s="70"/>
+    </row>
+    <row r="38" spans="2:5" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B38" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C38" s="15" t="s">
         <v>53</v>
       </c>
-      <c r="C36" s="14" t="s">
-[...6 lines deleted...]
-      <c r="B37" s="6" t="s">
+      <c r="D38" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" s="70"/>
+    </row>
+    <row r="39" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C39" s="19" t="s">
         <v>54</v>
       </c>
-      <c r="C37" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B38" s="6" t="s">
+      <c r="D39" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E39" s="72"/>
+    </row>
+    <row r="40" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C40" s="15" t="s">
         <v>55</v>
       </c>
-      <c r="C38" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B39" s="3" t="s">
+      <c r="D40" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E40" s="70"/>
+    </row>
+    <row r="41" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C41" s="15" t="s">
         <v>56</v>
       </c>
-      <c r="C39" s="14" t="s">
-[...6 lines deleted...]
-      <c r="B40" s="6" t="s">
+      <c r="D41" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E41" s="70"/>
+    </row>
+    <row r="42" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B42" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C42" s="15" t="s">
         <v>57</v>
       </c>
-      <c r="C40" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B41" s="6" t="s">
+      <c r="D42" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" s="70"/>
+    </row>
+    <row r="43" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C43" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="C41" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B42" s="6" t="s">
+      <c r="D43" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E43" s="70"/>
+    </row>
+    <row r="44" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C44" s="15" t="s">
         <v>59</v>
       </c>
-      <c r="C42" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B43" s="6" t="s">
+      <c r="D44" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" s="70"/>
+    </row>
+    <row r="45" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C45" s="15" t="s">
         <v>60</v>
       </c>
-      <c r="C43" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B44" s="6" t="s">
+      <c r="D45" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E45" s="70"/>
+    </row>
+    <row r="46" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C46" s="15" t="s">
         <v>61</v>
       </c>
-      <c r="C44" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B45" s="6" t="s">
+      <c r="D46" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E46" s="70"/>
+    </row>
+    <row r="47" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C47" s="15" t="s">
         <v>62</v>
       </c>
-      <c r="C45" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B46" s="6" t="s">
+      <c r="D47" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E47" s="70"/>
+    </row>
+    <row r="48" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C48" s="15" t="s">
         <v>63</v>
       </c>
-      <c r="C46" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B47" s="6" t="s">
+      <c r="D48" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E48" s="70"/>
+    </row>
+    <row r="49" spans="2:5" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B49" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C49" s="15" t="s">
         <v>64</v>
       </c>
-      <c r="C47" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B48" s="6" t="s">
+      <c r="D49" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" s="70"/>
+    </row>
+    <row r="50" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C50" s="15" t="s">
         <v>65</v>
       </c>
-      <c r="C48" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B49" s="6" t="s">
+      <c r="D50" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" s="70"/>
+    </row>
+    <row r="51" spans="2:5" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B51" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C51" s="15" t="s">
         <v>66</v>
       </c>
-      <c r="C49" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B50" s="6" t="s">
+      <c r="D51" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" s="70"/>
+    </row>
+    <row r="52" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C52" s="15" t="s">
         <v>67</v>
       </c>
-      <c r="C50" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B51" s="6" t="s">
+      <c r="D52" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" s="70"/>
+    </row>
+    <row r="53" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C53" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="C51" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B52" s="6" t="s">
+      <c r="D53" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E53" s="70"/>
+    </row>
+    <row r="54" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C54" s="15" t="s">
         <v>69</v>
       </c>
-      <c r="C52" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B53" s="6" t="s">
+      <c r="D54" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E54" s="70"/>
+    </row>
+    <row r="55" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B55" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C55" s="15" t="s">
         <v>70</v>
       </c>
-      <c r="C53" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B54" s="6" t="s">
+      <c r="D55" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E55" s="70"/>
+    </row>
+    <row r="56" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B56" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C56" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="C54" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B55" s="6" t="s">
+      <c r="D56" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E56" s="70"/>
+    </row>
+    <row r="57" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B57" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C57" s="15" t="s">
         <v>72</v>
       </c>
-      <c r="C55" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B56" s="6" t="s">
+      <c r="D57" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E57" s="70"/>
+    </row>
+    <row r="58" spans="2:5" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B58" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="C58" s="15" t="s">
         <v>73</v>
       </c>
-      <c r="C56" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B57" s="6" t="s">
+      <c r="D58" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E58" s="70"/>
+    </row>
+    <row r="59" spans="2:5" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B59" s="73" t="s">
+        <v>48</v>
+      </c>
+      <c r="C59" s="27" t="s">
         <v>74</v>
       </c>
-      <c r="C57" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B58" s="6" t="s">
+      <c r="D59" s="28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E59" s="74"/>
+    </row>
+    <row r="60" spans="2:5" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="77" t="s">
         <v>75</v>
       </c>
-      <c r="C58" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B59" s="6" t="s">
+      <c r="C60" s="33" t="s">
         <v>76</v>
       </c>
-      <c r="C59" s="6" t="s">
-[...5 lines deleted...]
-      <c r="A60" s="26" t="s">
+      <c r="D60" s="34"/>
+      <c r="E60" s="78"/>
+    </row>
+    <row r="61" spans="2:5" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B61" s="79"/>
+      <c r="C61" s="35"/>
+      <c r="D61" s="36"/>
+      <c r="E61" s="80"/>
+    </row>
+    <row r="62" spans="2:5" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="81" t="s">
         <v>77</v>
       </c>
-      <c r="B60" s="24" t="s">
+      <c r="C62" s="32" t="s">
+        <v>76</v>
+      </c>
+      <c r="D62" s="32" t="s">
+        <v>23</v>
+      </c>
+      <c r="E62" s="82" t="s">
         <v>78</v>
       </c>
-      <c r="C60" s="25"/>
-[...9 lines deleted...]
-      <c r="A62" s="26" t="s">
+    </row>
+    <row r="63" spans="2:5" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B63" s="79"/>
+      <c r="C63" s="35"/>
+      <c r="D63" s="35"/>
+      <c r="E63" s="80"/>
+    </row>
+    <row r="64" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="67" t="s">
+        <v>52</v>
+      </c>
+      <c r="C64" s="26" t="s">
         <v>79</v>
       </c>
-      <c r="B62" s="24" t="s">
-[...5 lines deleted...]
-      <c r="D62" s="25" t="s">
+      <c r="D64" s="22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E64" s="68"/>
+    </row>
+    <row r="65" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B65" s="69" t="s">
+        <v>52</v>
+      </c>
+      <c r="C65" s="15" t="s">
         <v>80</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="B64" s="6" t="s">
+      <c r="D65" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" s="70"/>
+    </row>
+    <row r="66" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B66" s="69" t="s">
+        <v>52</v>
+      </c>
+      <c r="C66" s="15" t="s">
         <v>81</v>
       </c>
-      <c r="C64" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B65" s="6" t="s">
+      <c r="D66" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E66" s="70"/>
+    </row>
+    <row r="67" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B67" s="69" t="s">
+        <v>52</v>
+      </c>
+      <c r="C67" s="15" t="s">
         <v>82</v>
       </c>
-      <c r="C65" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B66" s="6" t="s">
+      <c r="D67" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E67" s="70"/>
+    </row>
+    <row r="68" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B68" s="69" t="s">
+        <v>52</v>
+      </c>
+      <c r="C68" s="15" t="s">
         <v>83</v>
       </c>
-      <c r="C66" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B67" s="6" t="s">
+      <c r="D68" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E68" s="70"/>
+    </row>
+    <row r="69" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B69" s="69" t="s">
+        <v>52</v>
+      </c>
+      <c r="C69" s="15" t="s">
         <v>84</v>
       </c>
-      <c r="C67" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B68" s="6" t="s">
+      <c r="D69" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E69" s="70"/>
+    </row>
+    <row r="70" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="69" t="s">
+        <v>52</v>
+      </c>
+      <c r="C70" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="C68" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B69" s="6" t="s">
+      <c r="D70" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E70" s="70"/>
+    </row>
+    <row r="71" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B71" s="69" t="s">
+        <v>52</v>
+      </c>
+      <c r="C71" s="15" t="s">
         <v>86</v>
       </c>
-      <c r="C69" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B70" s="6" t="s">
+      <c r="D71" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E71" s="70"/>
+    </row>
+    <row r="72" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B72" s="69" t="s">
+        <v>52</v>
+      </c>
+      <c r="C72" s="15" t="s">
         <v>87</v>
       </c>
-      <c r="C70" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B71" s="6" t="s">
+      <c r="D72" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E72" s="70"/>
+    </row>
+    <row r="73" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B73" s="69" t="s">
+        <v>52</v>
+      </c>
+      <c r="C73" s="15" t="s">
         <v>88</v>
       </c>
-      <c r="C71" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B72" s="6" t="s">
+      <c r="D73" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E73" s="70"/>
+    </row>
+    <row r="74" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B74" s="69" t="s">
+        <v>52</v>
+      </c>
+      <c r="C74" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E74" s="70"/>
+    </row>
+    <row r="75" spans="2:5" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B75" s="69" t="s">
+        <v>52</v>
+      </c>
+      <c r="C75" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="C72" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B73" s="6" t="s">
+      <c r="D75" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E75" s="70"/>
+    </row>
+    <row r="76" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B76" s="69" t="s">
+        <v>52</v>
+      </c>
+      <c r="C76" s="15" t="s">
         <v>90</v>
       </c>
-      <c r="C73" s="6" t="s">
-[...16 lines deleted...]
-      <c r="B75" s="6" t="s">
+      <c r="D76" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E76" s="70"/>
+    </row>
+    <row r="77" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B77" s="69" t="s">
+        <v>52</v>
+      </c>
+      <c r="C77" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="C75" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B76" s="6" t="s">
+      <c r="D77" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E77" s="70"/>
+    </row>
+    <row r="78" spans="2:5" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B78" s="73" t="s">
+        <v>52</v>
+      </c>
+      <c r="C78" s="27" t="s">
         <v>92</v>
       </c>
-      <c r="C76" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B77" s="6" t="s">
+      <c r="D78" s="28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E78" s="74"/>
+    </row>
+    <row r="79" spans="2:5" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B79" s="67" t="s">
         <v>93</v>
       </c>
-      <c r="C77" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B78" s="6" t="s">
+      <c r="C79" s="37" t="s">
         <v>94</v>
       </c>
-      <c r="C78" s="6" t="s">
-[...5 lines deleted...]
-      <c r="A79" s="23" t="s">
+      <c r="D79" s="38"/>
+      <c r="E79" s="83" t="s">
         <v>95</v>
       </c>
-      <c r="B79" s="5" t="s">
+    </row>
+    <row r="80" spans="2:5" ht="12" x14ac:dyDescent="0.2">
+      <c r="B80" s="69" t="s">
+        <v>93</v>
+      </c>
+      <c r="C80" s="15" t="s">
         <v>96</v>
       </c>
-      <c r="C79" s="5"/>
-      <c r="D79" s="5" t="s">
+      <c r="D80" s="6" t="s">
         <v>97</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B80" s="6" t="s">
+      <c r="E80" s="84"/>
+    </row>
+    <row r="81" spans="2:6" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B81" s="73" t="s">
+        <v>93</v>
+      </c>
+      <c r="C81" s="27" t="s">
         <v>98</v>
       </c>
-      <c r="C80" s="6" t="s">
+      <c r="D81" s="28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E81" s="74"/>
+    </row>
+    <row r="82" spans="2:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B82" s="77" t="s">
+        <v>308</v>
+      </c>
+      <c r="C82" s="40" t="s">
         <v>99</v>
       </c>
-      <c r="D80" s="15"/>
-[...3 lines deleted...]
-      <c r="B81" s="6" t="s">
+      <c r="D82" s="40" t="s">
+        <v>6</v>
+      </c>
+      <c r="E82" s="85" t="s">
         <v>100</v>
       </c>
-      <c r="C81" s="6" t="s">
-[...5 lines deleted...]
-      <c r="A82" s="10" t="s">
+      <c r="F82" s="2"/>
+    </row>
+    <row r="83" spans="2:6" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B83" s="79"/>
+      <c r="C83" s="41"/>
+      <c r="D83" s="41"/>
+      <c r="E83" s="86"/>
+    </row>
+    <row r="84" spans="2:6" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B84" s="87" t="s">
         <v>101</v>
       </c>
-      <c r="B82" s="22" t="s">
+      <c r="C84" s="42" t="s">
         <v>102</v>
       </c>
-      <c r="C82" s="22" t="s">
-[...2 lines deleted...]
-      <c r="D82" s="22" t="s">
+      <c r="D84" s="42" t="s">
+        <v>23</v>
+      </c>
+      <c r="E84" s="88"/>
+    </row>
+    <row r="85" spans="2:6" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B85" s="87" t="s">
         <v>103</v>
       </c>
-      <c r="E82" s="2"/>
-[...2 lines deleted...]
-      <c r="A83" s="10" t="s">
+      <c r="C85" s="42" t="s">
+        <v>102</v>
+      </c>
+      <c r="D85" s="42" t="s">
+        <v>23</v>
+      </c>
+      <c r="E85" s="88"/>
+    </row>
+    <row r="86" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B86" s="67" t="s">
         <v>104</v>
       </c>
-      <c r="B83" s="22"/>
-[...4 lines deleted...]
-      <c r="A84" s="10" t="s">
+      <c r="C86" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="D86" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="E86" s="89"/>
+    </row>
+    <row r="87" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B87" s="69" t="s">
+        <v>104</v>
+      </c>
+      <c r="C87" s="15" t="s">
         <v>105</v>
       </c>
-      <c r="B84" s="14" t="s">
+      <c r="D87" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E87" s="70" t="s">
         <v>106</v>
       </c>
-      <c r="C84" s="14" t="s">
-[...5 lines deleted...]
-      <c r="A85" s="10" t="s">
+    </row>
+    <row r="88" spans="2:6" ht="23.4" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B88" s="73" t="s">
+        <v>104</v>
+      </c>
+      <c r="C88" s="27" t="s">
         <v>107</v>
       </c>
-      <c r="B85" s="14" t="s">
-[...8 lines deleted...]
-      <c r="A86" s="23" t="s">
+      <c r="D88" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E88" s="74" t="s">
         <v>108</v>
       </c>
-      <c r="B86" s="6" t="s">
-[...9 lines deleted...]
-      <c r="B87" s="6" t="s">
+    </row>
+    <row r="89" spans="2:6" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B89" s="90" t="s">
         <v>109</v>
       </c>
-      <c r="C87" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D87" s="6" t="s">
+      <c r="C89" s="43" t="s">
         <v>110</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B88" s="6" t="s">
+      <c r="D89" s="44" t="s">
+        <v>10</v>
+      </c>
+      <c r="E89" s="91" t="s">
         <v>111</v>
       </c>
-      <c r="C88" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D88" s="6" t="s">
+    </row>
+    <row r="90" spans="2:6" ht="23.4" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B90" s="73" t="s">
+        <v>109</v>
+      </c>
+      <c r="C90" s="45" t="s">
         <v>112</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A89" s="21" t="s">
+      <c r="D90" s="46" t="s">
         <v>113</v>
       </c>
-      <c r="B89" s="6" t="s">
+      <c r="E90" s="92" t="s">
         <v>114</v>
       </c>
-      <c r="C89" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D89" s="6" t="s">
+    </row>
+    <row r="91" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B91" s="67" t="s">
         <v>115</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B90" s="17" t="s">
+      <c r="C91" s="26" t="s">
         <v>116</v>
       </c>
-      <c r="C90" s="17" t="s">
+      <c r="D91" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="E91" s="68"/>
+    </row>
+    <row r="92" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B92" s="69" t="s">
+        <v>115</v>
+      </c>
+      <c r="C92" s="15" t="s">
         <v>117</v>
       </c>
-      <c r="D90" s="4" t="s">
+      <c r="D92" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E92" s="70"/>
+    </row>
+    <row r="93" spans="2:6" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B93" s="69" t="s">
+        <v>115</v>
+      </c>
+      <c r="C93" s="15" t="s">
         <v>118</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A91" s="23" t="s">
+      <c r="D93" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E93" s="70"/>
+    </row>
+    <row r="94" spans="2:6" ht="34.200000000000003" x14ac:dyDescent="0.2">
+      <c r="B94" s="69" t="s">
+        <v>115</v>
+      </c>
+      <c r="C94" s="15" t="s">
         <v>119</v>
       </c>
-      <c r="B91" s="6" t="s">
+      <c r="D94" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E94" s="70" t="s">
         <v>120</v>
       </c>
-      <c r="C91" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B92" s="6" t="s">
+    </row>
+    <row r="95" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B95" s="69" t="s">
+        <v>115</v>
+      </c>
+      <c r="C95" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="C92" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B93" s="6" t="s">
+      <c r="D95" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E95" s="70"/>
+    </row>
+    <row r="96" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B96" s="69" t="s">
+        <v>115</v>
+      </c>
+      <c r="C96" s="15" t="s">
         <v>122</v>
       </c>
-      <c r="C93" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B94" s="6" t="s">
+      <c r="D96" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E96" s="70"/>
+    </row>
+    <row r="97" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B97" s="69" t="s">
+        <v>115</v>
+      </c>
+      <c r="C97" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E97" s="70"/>
+    </row>
+    <row r="98" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B98" s="69" t="s">
+        <v>115</v>
+      </c>
+      <c r="C98" s="15" t="s">
         <v>123</v>
       </c>
-      <c r="C94" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D94" s="6" t="s">
+      <c r="D98" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E98" s="70"/>
+    </row>
+    <row r="99" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B99" s="69" t="s">
+        <v>115</v>
+      </c>
+      <c r="C99" s="15" t="s">
         <v>124</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B95" s="6" t="s">
+      <c r="D99" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E99" s="70"/>
+    </row>
+    <row r="100" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B100" s="69" t="s">
+        <v>115</v>
+      </c>
+      <c r="C100" s="15" t="s">
         <v>125</v>
       </c>
-      <c r="C95" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B96" s="6" t="s">
+      <c r="D100" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E100" s="70"/>
+    </row>
+    <row r="101" spans="2:6" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B101" s="73" t="s">
+        <v>115</v>
+      </c>
+      <c r="C101" s="27" t="s">
         <v>126</v>
       </c>
-      <c r="C96" s="6" t="s">
-[...16 lines deleted...]
-      <c r="B98" s="6" t="s">
+      <c r="D101" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E101" s="74"/>
+    </row>
+    <row r="102" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B102" s="67" t="s">
         <v>127</v>
       </c>
-      <c r="C98" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B99" s="6" t="s">
+      <c r="C102" s="26" t="s">
         <v>128</v>
       </c>
-      <c r="C99" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B100" s="6" t="s">
+      <c r="D102" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="E102" s="68"/>
+    </row>
+    <row r="103" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B103" s="69" t="s">
+        <v>127</v>
+      </c>
+      <c r="C103" s="15" t="s">
         <v>129</v>
       </c>
-      <c r="C100" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B101" s="6" t="s">
+      <c r="D103" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E103" s="70"/>
+    </row>
+    <row r="104" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B104" s="69" t="s">
+        <v>127</v>
+      </c>
+      <c r="C104" s="15" t="s">
         <v>130</v>
       </c>
-      <c r="C101" s="6" t="s">
-[...5 lines deleted...]
-      <c r="A102" s="23" t="s">
+      <c r="D104" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E104" s="70"/>
+    </row>
+    <row r="105" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B105" s="69" t="s">
+        <v>127</v>
+      </c>
+      <c r="C105" s="15" t="s">
         <v>131</v>
       </c>
-      <c r="B102" s="6" t="s">
+      <c r="D105" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E105" s="70"/>
+    </row>
+    <row r="106" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B106" s="69" t="s">
+        <v>127</v>
+      </c>
+      <c r="C106" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D106" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E106" s="70"/>
+    </row>
+    <row r="107" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B107" s="69" t="s">
+        <v>127</v>
+      </c>
+      <c r="C107" s="15" t="s">
         <v>132</v>
       </c>
-      <c r="C102" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B103" s="6" t="s">
+      <c r="D107" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E107" s="70"/>
+    </row>
+    <row r="108" spans="2:6" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B108" s="73" t="s">
+        <v>127</v>
+      </c>
+      <c r="C108" s="27" t="s">
         <v>133</v>
       </c>
-      <c r="C103" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B104" s="6" t="s">
+      <c r="D108" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E108" s="74"/>
+    </row>
+    <row r="109" spans="2:6" ht="34.200000000000003" x14ac:dyDescent="0.2">
+      <c r="B109" s="90" t="s">
         <v>134</v>
       </c>
-      <c r="C104" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B105" s="6" t="s">
+      <c r="C109" s="43" t="s">
         <v>135</v>
       </c>
-      <c r="C105" s="6" t="s">
-[...16 lines deleted...]
-      <c r="B107" s="6" t="s">
+      <c r="D109" s="40"/>
+      <c r="E109" s="85"/>
+    </row>
+    <row r="110" spans="2:6" ht="23.4" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B110" s="73" t="s">
+        <v>134</v>
+      </c>
+      <c r="C110" s="27" t="s">
         <v>136</v>
       </c>
-      <c r="C107" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B108" s="6" t="s">
+      <c r="D110" s="41"/>
+      <c r="E110" s="86"/>
+    </row>
+    <row r="111" spans="2:6" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B111" s="87" t="s">
         <v>137</v>
       </c>
-      <c r="C108" s="6" t="s">
-[...5 lines deleted...]
-      <c r="A109" s="23" t="s">
+      <c r="C111" s="47" t="s">
+        <v>137</v>
+      </c>
+      <c r="D111" s="47" t="s">
+        <v>6</v>
+      </c>
+      <c r="E111" s="93"/>
+      <c r="F111" s="2"/>
+    </row>
+    <row r="112" spans="2:6" ht="82.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B112" s="87" t="s">
         <v>138</v>
       </c>
-      <c r="B109" s="6" t="s">
+      <c r="C112" s="49" t="s">
         <v>139</v>
       </c>
-      <c r="C109" s="22"/>
-[...4 lines deleted...]
-      <c r="B110" s="6" t="s">
+      <c r="D112" s="42" t="s">
         <v>140</v>
       </c>
-      <c r="C110" s="22"/>
-[...3 lines deleted...]
-      <c r="A111" s="10" t="s">
+      <c r="E112" s="88"/>
+    </row>
+    <row r="113" spans="2:5" ht="45.6" x14ac:dyDescent="0.2">
+      <c r="B113" s="67" t="s">
         <v>141</v>
       </c>
-      <c r="B111" s="6" t="s">
+      <c r="C113" s="48" t="s">
+        <v>142</v>
+      </c>
+      <c r="D113" s="39" t="s">
+        <v>143</v>
+      </c>
+      <c r="E113" s="94" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="114" spans="2:5" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B114" s="69" t="s">
         <v>141</v>
       </c>
-      <c r="C111" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A112" s="10" t="s">
+      <c r="C114" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D114" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E114" s="70" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="115" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B115" s="69" t="s">
+        <v>141</v>
+      </c>
+      <c r="C115" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="D115" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E115" s="70"/>
+    </row>
+    <row r="116" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B116" s="69" t="s">
+        <v>141</v>
+      </c>
+      <c r="C116" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D116" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E116" s="70"/>
+    </row>
+    <row r="117" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B117" s="69" t="s">
+        <v>141</v>
+      </c>
+      <c r="C117" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D117" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E117" s="70"/>
+    </row>
+    <row r="118" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B118" s="69" t="s">
+        <v>141</v>
+      </c>
+      <c r="C118" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D118" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E118" s="70"/>
+    </row>
+    <row r="119" spans="2:5" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B119" s="69" t="s">
+        <v>141</v>
+      </c>
+      <c r="C119" s="23" t="s">
+        <v>150</v>
+      </c>
+      <c r="D119" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="E119" s="95" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="120" spans="2:5" ht="23.4" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B120" s="73" t="s">
+        <v>141</v>
+      </c>
+      <c r="C120" s="45" t="s">
+        <v>152</v>
+      </c>
+      <c r="D120" s="46" t="s">
+        <v>113</v>
+      </c>
+      <c r="E120" s="92" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="121" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B121" s="67" t="s">
+        <v>154</v>
+      </c>
+      <c r="C121" s="26" t="s">
+        <v>155</v>
+      </c>
+      <c r="D121" s="22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E121" s="68"/>
+    </row>
+    <row r="122" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B122" s="69" t="s">
+        <v>154</v>
+      </c>
+      <c r="C122" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="D122" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E122" s="70"/>
+    </row>
+    <row r="123" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B123" s="69" t="s">
+        <v>154</v>
+      </c>
+      <c r="C123" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="D123" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E123" s="70"/>
+    </row>
+    <row r="124" spans="2:5" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B124" s="69" t="s">
+        <v>154</v>
+      </c>
+      <c r="C124" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="D124" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E124" s="70"/>
+    </row>
+    <row r="125" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B125" s="69" t="s">
+        <v>154</v>
+      </c>
+      <c r="C125" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D125" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E125" s="70"/>
+    </row>
+    <row r="126" spans="2:5" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B126" s="73" t="s">
+        <v>154</v>
+      </c>
+      <c r="C126" s="27" t="s">
+        <v>160</v>
+      </c>
+      <c r="D126" s="28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E126" s="74"/>
+    </row>
+    <row r="127" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B127" s="67" t="s">
+        <v>58</v>
+      </c>
+      <c r="C127" s="26" t="s">
+        <v>161</v>
+      </c>
+      <c r="D127" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="E127" s="68"/>
+    </row>
+    <row r="128" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B128" s="69" t="s">
+        <v>58</v>
+      </c>
+      <c r="C128" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="D128" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E128" s="70"/>
+    </row>
+    <row r="129" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B129" s="69" t="s">
+        <v>58</v>
+      </c>
+      <c r="C129" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="D129" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E129" s="70"/>
+    </row>
+    <row r="130" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B130" s="69" t="s">
+        <v>58</v>
+      </c>
+      <c r="C130" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D130" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E130" s="96"/>
+      <c r="F130" s="2"/>
+    </row>
+    <row r="131" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B131" s="69" t="s">
+        <v>58</v>
+      </c>
+      <c r="C131" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D131" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E131" s="70"/>
+    </row>
+    <row r="132" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B132" s="69" t="s">
+        <v>58</v>
+      </c>
+      <c r="C132" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D132" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E132" s="70"/>
+    </row>
+    <row r="133" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B133" s="69" t="s">
+        <v>58</v>
+      </c>
+      <c r="C133" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="D133" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E133" s="70"/>
+    </row>
+    <row r="134" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B134" s="69" t="s">
+        <v>58</v>
+      </c>
+      <c r="C134" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="D134" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E134" s="70"/>
+    </row>
+    <row r="135" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B135" s="69" t="s">
+        <v>58</v>
+      </c>
+      <c r="C135" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D135" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E135" s="70"/>
+    </row>
+    <row r="136" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B136" s="69" t="s">
+        <v>58</v>
+      </c>
+      <c r="C136" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="D136" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E136" s="70"/>
+    </row>
+    <row r="137" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B137" s="69" t="s">
+        <v>58</v>
+      </c>
+      <c r="C137" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D137" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E137" s="70"/>
+    </row>
+    <row r="138" spans="2:6" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B138" s="73" t="s">
+        <v>58</v>
+      </c>
+      <c r="C138" s="27" t="s">
+        <v>171</v>
+      </c>
+      <c r="D138" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E138" s="74"/>
+    </row>
+    <row r="139" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B139" s="90" t="s">
+        <v>59</v>
+      </c>
+      <c r="C139" s="43" t="s">
+        <v>172</v>
+      </c>
+      <c r="D139" s="44" t="s">
+        <v>10</v>
+      </c>
+      <c r="E139" s="91"/>
+    </row>
+    <row r="140" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B140" s="69" t="s">
+        <v>59</v>
+      </c>
+      <c r="C140" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="D140" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E140" s="70"/>
+    </row>
+    <row r="141" spans="2:6" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B141" s="73" t="s">
+        <v>59</v>
+      </c>
+      <c r="C141" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="D141" s="28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E141" s="74"/>
+    </row>
+    <row r="142" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B142" s="67" t="s">
+        <v>60</v>
+      </c>
+      <c r="C142" s="26" t="s">
+        <v>174</v>
+      </c>
+      <c r="D142" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="E142" s="68"/>
+    </row>
+    <row r="143" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B143" s="69" t="s">
+        <v>60</v>
+      </c>
+      <c r="C143" s="15" t="s">
+        <v>175</v>
+      </c>
+      <c r="D143" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E143" s="70"/>
+    </row>
+    <row r="144" spans="2:6" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B144" s="73" t="s">
+        <v>60</v>
+      </c>
+      <c r="C144" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="D144" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E144" s="74"/>
+    </row>
+    <row r="145" spans="2:5" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B145" s="77" t="s">
+        <v>176</v>
+      </c>
+      <c r="C145" s="40" t="s">
+        <v>176</v>
+      </c>
+      <c r="D145" s="40" t="s">
+        <v>6</v>
+      </c>
+      <c r="E145" s="85"/>
+    </row>
+    <row r="146" spans="2:5" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B146" s="79"/>
+      <c r="C146" s="41"/>
+      <c r="D146" s="41"/>
+      <c r="E146" s="86"/>
+    </row>
+    <row r="147" spans="2:5" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B147" s="77" t="s">
+        <v>305</v>
+      </c>
+      <c r="C147" s="33" t="s">
+        <v>177</v>
+      </c>
+      <c r="D147" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="E147" s="78"/>
+    </row>
+    <row r="148" spans="2:5" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B148" s="79"/>
+      <c r="C148" s="35"/>
+      <c r="D148" s="35"/>
+      <c r="E148" s="80"/>
+    </row>
+    <row r="149" spans="2:5" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B149" s="87" t="s">
+        <v>178</v>
+      </c>
+      <c r="C149" s="42" t="s">
+        <v>177</v>
+      </c>
+      <c r="D149" s="42" t="s">
+        <v>140</v>
+      </c>
+      <c r="E149" s="88"/>
+    </row>
+    <row r="150" spans="2:5" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B150" s="77" t="s">
+        <v>307</v>
+      </c>
+      <c r="C150" s="33" t="s">
+        <v>177</v>
+      </c>
+      <c r="D150" s="33" t="s">
+        <v>140</v>
+      </c>
+      <c r="E150" s="78"/>
+    </row>
+    <row r="151" spans="2:5" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B151" s="79"/>
+      <c r="C151" s="35"/>
+      <c r="D151" s="35"/>
+      <c r="E151" s="80"/>
+    </row>
+    <row r="152" spans="2:5" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B152" s="77" t="s">
+        <v>306</v>
+      </c>
+      <c r="C152" s="33" t="s">
+        <v>177</v>
+      </c>
+      <c r="D152" s="33" t="s">
+        <v>140</v>
+      </c>
+      <c r="E152" s="78"/>
+    </row>
+    <row r="153" spans="2:5" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B153" s="79"/>
+      <c r="C153" s="35"/>
+      <c r="D153" s="35"/>
+      <c r="E153" s="80"/>
+    </row>
+    <row r="154" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B154" s="90" t="s">
+        <v>62</v>
+      </c>
+      <c r="C154" s="43" t="s">
+        <v>39</v>
+      </c>
+      <c r="D154" s="44" t="s">
+        <v>6</v>
+      </c>
+      <c r="E154" s="91"/>
+    </row>
+    <row r="155" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B155" s="69" t="s">
+        <v>62</v>
+      </c>
+      <c r="C155" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D155" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E155" s="70"/>
+    </row>
+    <row r="156" spans="2:5" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B156" s="73" t="s">
+        <v>62</v>
+      </c>
+      <c r="C156" s="27" t="s">
+        <v>98</v>
+      </c>
+      <c r="D156" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E156" s="74"/>
+    </row>
+    <row r="157" spans="2:5" ht="45.6" x14ac:dyDescent="0.2">
+      <c r="B157" s="67" t="s">
+        <v>63</v>
+      </c>
+      <c r="C157" s="48" t="s">
         <v>142</v>
       </c>
-      <c r="B112" s="18" t="s">
+      <c r="D157" s="39" t="s">
         <v>143</v>
       </c>
-      <c r="C112" s="14" t="s">
-[...14 lines deleted...]
-      <c r="D113" s="3" t="s">
+      <c r="E157" s="94" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="158" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B158" s="69" t="s">
+        <v>63</v>
+      </c>
+      <c r="C158" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="D158" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E158" s="70"/>
+    </row>
+    <row r="159" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B159" s="69" t="s">
+        <v>63</v>
+      </c>
+      <c r="C159" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="D159" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E159" s="70"/>
+    </row>
+    <row r="160" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B160" s="69" t="s">
+        <v>63</v>
+      </c>
+      <c r="C160" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D160" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E160" s="70"/>
+    </row>
+    <row r="161" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B161" s="69" t="s">
+        <v>63</v>
+      </c>
+      <c r="C161" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D161" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E161" s="70"/>
+    </row>
+    <row r="162" spans="2:6" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B162" s="69" t="s">
+        <v>63</v>
+      </c>
+      <c r="C162" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="D162" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E162" s="70"/>
+    </row>
+    <row r="163" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B163" s="69" t="s">
+        <v>63</v>
+      </c>
+      <c r="C163" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D163" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E163" s="96" t="s">
+        <v>184</v>
+      </c>
+      <c r="F163" s="2"/>
+    </row>
+    <row r="164" spans="2:6" ht="23.4" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B164" s="73" t="s">
+        <v>63</v>
+      </c>
+      <c r="C164" s="45" t="s">
+        <v>152</v>
+      </c>
+      <c r="D164" s="46" t="s">
+        <v>185</v>
+      </c>
+      <c r="E164" s="92" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="165" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B165" s="90" t="s">
+        <v>187</v>
+      </c>
+      <c r="C165" s="43" t="s">
         <v>148</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B114" s="6" t="s">
+      <c r="D165" s="44" t="s">
+        <v>6</v>
+      </c>
+      <c r="E165" s="91"/>
+    </row>
+    <row r="166" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B166" s="69" t="s">
+        <v>187</v>
+      </c>
+      <c r="C166" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D166" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E166" s="70"/>
+    </row>
+    <row r="167" spans="2:6" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B167" s="73" t="s">
+        <v>187</v>
+      </c>
+      <c r="C167" s="27" t="s">
+        <v>188</v>
+      </c>
+      <c r="D167" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E167" s="74"/>
+    </row>
+    <row r="168" spans="2:6" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B168" s="75" t="s">
+        <v>189</v>
+      </c>
+      <c r="C168" s="52" t="s">
+        <v>177</v>
+      </c>
+      <c r="D168" s="52" t="s">
+        <v>23</v>
+      </c>
+      <c r="E168" s="97"/>
+    </row>
+    <row r="169" spans="2:6" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B169" s="98" t="s">
+        <v>309</v>
+      </c>
+      <c r="C169" s="51" t="s">
+        <v>72</v>
+      </c>
+      <c r="D169" s="50" t="s">
+        <v>113</v>
+      </c>
+      <c r="E169" s="99" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="170" spans="2:6" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B170" s="100" t="s">
+        <v>309</v>
+      </c>
+      <c r="C170" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="D170" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="E170" s="95" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="171" spans="2:6" ht="23.4" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B171" s="101" t="s">
+        <v>309</v>
+      </c>
+      <c r="C171" s="45" t="s">
+        <v>192</v>
+      </c>
+      <c r="D171" s="46" t="s">
+        <v>113</v>
+      </c>
+      <c r="E171" s="92" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="172" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B172" s="67" t="s">
+        <v>193</v>
+      </c>
+      <c r="C172" s="26" t="s">
+        <v>194</v>
+      </c>
+      <c r="D172" s="22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E172" s="68"/>
+    </row>
+    <row r="173" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B173" s="69" t="s">
+        <v>193</v>
+      </c>
+      <c r="C173" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="D173" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E173" s="70"/>
+    </row>
+    <row r="174" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B174" s="69" t="s">
+        <v>193</v>
+      </c>
+      <c r="C174" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D174" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E174" s="70"/>
+    </row>
+    <row r="175" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B175" s="69" t="s">
+        <v>193</v>
+      </c>
+      <c r="C175" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="D175" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E175" s="70"/>
+    </row>
+    <row r="176" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B176" s="69" t="s">
+        <v>193</v>
+      </c>
+      <c r="C176" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="D176" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E176" s="70"/>
+    </row>
+    <row r="177" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B177" s="69" t="s">
+        <v>193</v>
+      </c>
+      <c r="C177" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D177" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E177" s="70"/>
+    </row>
+    <row r="178" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B178" s="69" t="s">
+        <v>193</v>
+      </c>
+      <c r="C178" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D178" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E178" s="70"/>
+    </row>
+    <row r="179" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B179" s="69" t="s">
+        <v>193</v>
+      </c>
+      <c r="C179" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="D179" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E179" s="70"/>
+    </row>
+    <row r="180" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B180" s="69" t="s">
+        <v>193</v>
+      </c>
+      <c r="C180" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D180" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E180" s="70"/>
+    </row>
+    <row r="181" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B181" s="69" t="s">
+        <v>193</v>
+      </c>
+      <c r="C181" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="D181" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E181" s="70"/>
+    </row>
+    <row r="182" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B182" s="69" t="s">
+        <v>193</v>
+      </c>
+      <c r="C182" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="D182" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E182" s="70"/>
+    </row>
+    <row r="183" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B183" s="69" t="s">
+        <v>193</v>
+      </c>
+      <c r="C183" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="D183" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E183" s="70"/>
+    </row>
+    <row r="184" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B184" s="69" t="s">
+        <v>193</v>
+      </c>
+      <c r="C184" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="D184" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E184" s="70"/>
+    </row>
+    <row r="185" spans="2:5" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B185" s="73" t="s">
+        <v>193</v>
+      </c>
+      <c r="C185" s="27" t="s">
+        <v>206</v>
+      </c>
+      <c r="D185" s="28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E185" s="74"/>
+    </row>
+    <row r="186" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B186" s="67" t="s">
+        <v>67</v>
+      </c>
+      <c r="C186" s="26" t="s">
+        <v>207</v>
+      </c>
+      <c r="D186" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="E186" s="68"/>
+    </row>
+    <row r="187" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B187" s="69" t="s">
+        <v>67</v>
+      </c>
+      <c r="C187" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="D187" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E187" s="70"/>
+    </row>
+    <row r="188" spans="2:5" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B188" s="69" t="s">
+        <v>67</v>
+      </c>
+      <c r="C188" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D188" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E188" s="70"/>
+    </row>
+    <row r="189" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B189" s="69" t="s">
+        <v>67</v>
+      </c>
+      <c r="C189" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D189" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E189" s="70"/>
+    </row>
+    <row r="190" spans="2:5" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B190" s="69" t="s">
+        <v>67</v>
+      </c>
+      <c r="C190" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D190" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E190" s="70"/>
+    </row>
+    <row r="191" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B191" s="69" t="s">
+        <v>67</v>
+      </c>
+      <c r="C191" s="15" t="s">
+        <v>211</v>
+      </c>
+      <c r="D191" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E191" s="70"/>
+    </row>
+    <row r="192" spans="2:5" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B192" s="73" t="s">
+        <v>67</v>
+      </c>
+      <c r="C192" s="27" t="s">
+        <v>212</v>
+      </c>
+      <c r="D192" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E192" s="74"/>
+    </row>
+    <row r="193" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B193" s="67" t="s">
+        <v>213</v>
+      </c>
+      <c r="C193" s="26" t="s">
+        <v>214</v>
+      </c>
+      <c r="D193" s="22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E193" s="68"/>
+    </row>
+    <row r="194" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B194" s="69" t="s">
+        <v>213</v>
+      </c>
+      <c r="C194" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="D194" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E194" s="70"/>
+    </row>
+    <row r="195" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B195" s="69" t="s">
+        <v>213</v>
+      </c>
+      <c r="C195" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="D195" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E195" s="102"/>
+    </row>
+    <row r="196" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B196" s="69" t="s">
+        <v>213</v>
+      </c>
+      <c r="C196" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="D196" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E196" s="96" t="s">
+        <v>218</v>
+      </c>
+      <c r="F196" s="2"/>
+    </row>
+    <row r="197" spans="2:6" ht="12" x14ac:dyDescent="0.25">
+      <c r="B197" s="69" t="s">
+        <v>213</v>
+      </c>
+      <c r="C197" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="D197" s="6"/>
+      <c r="E197" s="103"/>
+    </row>
+    <row r="198" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B198" s="69" t="s">
+        <v>213</v>
+      </c>
+      <c r="C198" s="15" t="s">
+        <v>220</v>
+      </c>
+      <c r="D198" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E198" s="96" t="s">
+        <v>221</v>
+      </c>
+      <c r="F198" s="2"/>
+    </row>
+    <row r="199" spans="2:6" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B199" s="69" t="s">
+        <v>213</v>
+      </c>
+      <c r="C199" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D199" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E199" s="102"/>
+    </row>
+    <row r="200" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B200" s="69" t="s">
+        <v>213</v>
+      </c>
+      <c r="C200" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="D200" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E200" s="102"/>
+    </row>
+    <row r="201" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B201" s="69" t="s">
+        <v>213</v>
+      </c>
+      <c r="C201" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D201" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="E201" s="96" t="s">
+        <v>225</v>
+      </c>
+      <c r="F201" s="2"/>
+    </row>
+    <row r="202" spans="2:6" ht="23.4" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B202" s="73" t="s">
+        <v>213</v>
+      </c>
+      <c r="C202" s="53" t="s">
+        <v>226</v>
+      </c>
+      <c r="D202" s="54"/>
+      <c r="E202" s="104" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="203" spans="2:6" ht="23.4" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B203" s="87" t="s">
+        <v>228</v>
+      </c>
+      <c r="C203" s="55" t="s">
+        <v>229</v>
+      </c>
+      <c r="D203" s="55" t="s">
+        <v>113</v>
+      </c>
+      <c r="E203" s="105" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="204" spans="2:6" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B204" s="87" t="s">
+        <v>230</v>
+      </c>
+      <c r="C204" s="47" t="s">
+        <v>230</v>
+      </c>
+      <c r="D204" s="47" t="s">
+        <v>6</v>
+      </c>
+      <c r="E204" s="93"/>
+    </row>
+    <row r="205" spans="2:6" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B205" s="87" t="s">
+        <v>231</v>
+      </c>
+      <c r="C205" s="42" t="s">
+        <v>177</v>
+      </c>
+      <c r="D205" s="42" t="s">
+        <v>232</v>
+      </c>
+      <c r="E205" s="88"/>
+    </row>
+    <row r="206" spans="2:6" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B206" s="67" t="s">
+        <v>233</v>
+      </c>
+      <c r="C206" s="51" t="s">
+        <v>234</v>
+      </c>
+      <c r="D206" s="50" t="s">
+        <v>113</v>
+      </c>
+      <c r="E206" s="99" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="207" spans="2:6" ht="45.6" x14ac:dyDescent="0.2">
+      <c r="B207" s="69" t="s">
+        <v>233</v>
+      </c>
+      <c r="C207" s="18" t="s">
+        <v>236</v>
+      </c>
+      <c r="D207" s="11" t="s">
+        <v>232</v>
+      </c>
+      <c r="E207" s="71"/>
+    </row>
+    <row r="208" spans="2:6" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B208" s="69" t="s">
+        <v>233</v>
+      </c>
+      <c r="C208" s="18" t="s">
+        <v>237</v>
+      </c>
+      <c r="D208" s="11"/>
+      <c r="E208" s="71"/>
+    </row>
+    <row r="209" spans="2:6" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B209" s="69" t="s">
+        <v>233</v>
+      </c>
+      <c r="C209" s="21" t="s">
+        <v>72</v>
+      </c>
+      <c r="D209" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="E209" s="95" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="210" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B210" s="69" t="s">
+        <v>233</v>
+      </c>
+      <c r="C210" s="18" t="s">
+        <v>238</v>
+      </c>
+      <c r="D210" s="11" t="s">
+        <v>232</v>
+      </c>
+      <c r="E210" s="71"/>
+    </row>
+    <row r="211" spans="2:6" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B211" s="69" t="s">
+        <v>233</v>
+      </c>
+      <c r="C211" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="D211" s="11"/>
+      <c r="E211" s="71"/>
+    </row>
+    <row r="212" spans="2:6" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B212" s="69" t="s">
+        <v>233</v>
+      </c>
+      <c r="C212" s="21" t="s">
+        <v>240</v>
+      </c>
+      <c r="D212" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="E212" s="95" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="213" spans="2:6" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B213" s="69" t="s">
+        <v>233</v>
+      </c>
+      <c r="C213" s="21" t="s">
+        <v>71</v>
+      </c>
+      <c r="D213" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="E213" s="95" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="214" spans="2:6" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B214" s="69" t="s">
+        <v>233</v>
+      </c>
+      <c r="C214" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="D214" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="E214" s="95" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="215" spans="2:6" ht="23.4" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B215" s="73" t="s">
+        <v>233</v>
+      </c>
+      <c r="C215" s="45" t="s">
+        <v>192</v>
+      </c>
+      <c r="D215" s="46" t="s">
+        <v>113</v>
+      </c>
+      <c r="E215" s="92" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="216" spans="2:6" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B216" s="87" t="s">
+        <v>241</v>
+      </c>
+      <c r="C216" s="42" t="s">
+        <v>177</v>
+      </c>
+      <c r="D216" s="42" t="s">
+        <v>232</v>
+      </c>
+      <c r="E216" s="88"/>
+    </row>
+    <row r="217" spans="2:6" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B217" s="87" t="s">
+        <v>242</v>
+      </c>
+      <c r="C217" s="42" t="s">
+        <v>177</v>
+      </c>
+      <c r="D217" s="42" t="s">
+        <v>140</v>
+      </c>
+      <c r="E217" s="88"/>
+    </row>
+    <row r="218" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B218" s="67" t="s">
+        <v>243</v>
+      </c>
+      <c r="C218" s="26" t="s">
+        <v>31</v>
+      </c>
+      <c r="D218" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="E218" s="68"/>
+    </row>
+    <row r="219" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B219" s="69" t="s">
+        <v>243</v>
+      </c>
+      <c r="C219" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D219" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E219" s="70"/>
+    </row>
+    <row r="220" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B220" s="69" t="s">
+        <v>243</v>
+      </c>
+      <c r="C220" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="D220" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E220" s="70"/>
+    </row>
+    <row r="221" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B221" s="69" t="s">
+        <v>243</v>
+      </c>
+      <c r="C221" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D221" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E221" s="70"/>
+    </row>
+    <row r="222" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B222" s="69" t="s">
+        <v>243</v>
+      </c>
+      <c r="C222" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="D222" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E222" s="70"/>
+    </row>
+    <row r="223" spans="2:6" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B223" s="69" t="s">
+        <v>243</v>
+      </c>
+      <c r="C223" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D223" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E223" s="96" t="s">
+        <v>248</v>
+      </c>
+      <c r="F223" s="2"/>
+    </row>
+    <row r="224" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B224" s="69" t="s">
+        <v>243</v>
+      </c>
+      <c r="C224" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D224" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E224" s="70"/>
+    </row>
+    <row r="225" spans="2:5" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B225" s="73" t="s">
+        <v>243</v>
+      </c>
+      <c r="C225" s="27" t="s">
+        <v>250</v>
+      </c>
+      <c r="D225" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E225" s="74"/>
+    </row>
+    <row r="226" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B226" s="67" t="s">
+        <v>72</v>
+      </c>
+      <c r="C226" s="26" t="s">
+        <v>251</v>
+      </c>
+      <c r="D226" s="22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E226" s="68"/>
+    </row>
+    <row r="227" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B227" s="69" t="s">
+        <v>72</v>
+      </c>
+      <c r="C227" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="D227" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E227" s="70"/>
+    </row>
+    <row r="228" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B228" s="69" t="s">
+        <v>72</v>
+      </c>
+      <c r="C228" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="D228" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E228" s="70"/>
+    </row>
+    <row r="229" spans="2:5" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B229" s="69" t="s">
+        <v>72</v>
+      </c>
+      <c r="C229" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="D229" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E229" s="70"/>
+    </row>
+    <row r="230" spans="2:5" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B230" s="73" t="s">
+        <v>72</v>
+      </c>
+      <c r="C230" s="27" t="s">
+        <v>254</v>
+      </c>
+      <c r="D230" s="28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E230" s="74"/>
+    </row>
+    <row r="231" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B231" s="67" t="s">
+        <v>255</v>
+      </c>
+      <c r="C231" s="26" t="s">
+        <v>256</v>
+      </c>
+      <c r="D231" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="E231" s="68"/>
+    </row>
+    <row r="232" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B232" s="69" t="s">
+        <v>255</v>
+      </c>
+      <c r="C232" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="D232" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E232" s="70"/>
+    </row>
+    <row r="233" spans="2:5" ht="22.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B233" s="69" t="s">
+        <v>255</v>
+      </c>
+      <c r="C233" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="D233" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E233" s="70"/>
+    </row>
+    <row r="234" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B234" s="69" t="s">
+        <v>255</v>
+      </c>
+      <c r="C234" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="D234" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E234" s="106"/>
+    </row>
+    <row r="235" spans="2:5" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B235" s="73" t="s">
+        <v>255</v>
+      </c>
+      <c r="C235" s="27" t="s">
+        <v>260</v>
+      </c>
+      <c r="D235" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E235" s="86"/>
+    </row>
+    <row r="236" spans="2:5" ht="24.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B236" s="90" t="s">
+        <v>261</v>
+      </c>
+      <c r="C236" s="56" t="s">
+        <v>262</v>
+      </c>
+      <c r="D236" s="57" t="s">
+        <v>113</v>
+      </c>
+      <c r="E236" s="107" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="237" spans="2:5" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B237" s="73" t="s">
+        <v>261</v>
+      </c>
+      <c r="C237" s="45" t="s">
+        <v>264</v>
+      </c>
+      <c r="D237" s="46" t="s">
+        <v>113</v>
+      </c>
+      <c r="E237" s="92" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="238" spans="2:5" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B238" s="87" t="s">
+        <v>265</v>
+      </c>
+      <c r="C238" s="59" t="s">
         <v>149</v>
       </c>
-      <c r="C114" s="6" t="s">
-[...580 lines deleted...]
-      <c r="B169" s="17" t="s">
+      <c r="D238" s="47" t="s">
+        <v>6</v>
+      </c>
+      <c r="E238" s="93"/>
+    </row>
+    <row r="239" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B239" s="67" t="s">
+        <v>266</v>
+      </c>
+      <c r="C239" s="58" t="s">
+        <v>267</v>
+      </c>
+      <c r="D239" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="E239" s="68" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="240" spans="2:5" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B240" s="69" t="s">
+        <v>266</v>
+      </c>
+      <c r="C240" s="24" t="s">
+        <v>269</v>
+      </c>
+      <c r="D240" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E240" s="70" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="241" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B241" s="69" t="s">
+        <v>266</v>
+      </c>
+      <c r="C241" s="15" t="s">
+        <v>271</v>
+      </c>
+      <c r="D241" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E241" s="70"/>
+    </row>
+    <row r="242" spans="2:6" ht="25.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B242" s="69" t="s">
+        <v>266</v>
+      </c>
+      <c r="C242" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="D242" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E242" s="70"/>
+    </row>
+    <row r="243" spans="2:6" ht="27.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B243" s="73" t="s">
+        <v>266</v>
+      </c>
+      <c r="C243" s="27" t="s">
+        <v>273</v>
+      </c>
+      <c r="D243" s="28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E243" s="108"/>
+      <c r="F243" s="2"/>
+    </row>
+    <row r="244" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B244" s="67" t="s">
+        <v>73</v>
+      </c>
+      <c r="C244" s="26" t="s">
+        <v>274</v>
+      </c>
+      <c r="D244" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="E244" s="68"/>
+    </row>
+    <row r="245" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B245" s="69" t="s">
+        <v>73</v>
+      </c>
+      <c r="C245" s="15" t="s">
+        <v>275</v>
+      </c>
+      <c r="D245" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E245" s="70"/>
+    </row>
+    <row r="246" spans="2:6" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B246" s="73" t="s">
+        <v>73</v>
+      </c>
+      <c r="C246" s="27" t="s">
+        <v>276</v>
+      </c>
+      <c r="D246" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E246" s="74"/>
+    </row>
+    <row r="247" spans="2:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B247" s="90" t="s">
+        <v>301</v>
+      </c>
+      <c r="C247" s="43" t="s">
+        <v>302</v>
+      </c>
+      <c r="D247" s="44" t="s">
+        <v>6</v>
+      </c>
+      <c r="E247" s="91"/>
+    </row>
+    <row r="248" spans="2:6" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B248" s="73" t="s">
+        <v>301</v>
+      </c>
+      <c r="C248" s="27" t="s">
+        <v>303</v>
+      </c>
+      <c r="D248" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E248" s="74"/>
+    </row>
+    <row r="249" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B249" s="67" t="s">
+        <v>277</v>
+      </c>
+      <c r="C249" s="26" t="s">
+        <v>80</v>
+      </c>
+      <c r="D249" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="E249" s="68"/>
+    </row>
+    <row r="250" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B250" s="69" t="s">
+        <v>277</v>
+      </c>
+      <c r="C250" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="D250" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E250" s="70"/>
+    </row>
+    <row r="251" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B251" s="69" t="s">
+        <v>277</v>
+      </c>
+      <c r="C251" s="15" t="s">
+        <v>279</v>
+      </c>
+      <c r="D251" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E251" s="70"/>
+    </row>
+    <row r="252" spans="2:6" ht="22.8" x14ac:dyDescent="0.2">
+      <c r="B252" s="69" t="s">
+        <v>277</v>
+      </c>
+      <c r="C252" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="D252" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E252" s="70"/>
+    </row>
+    <row r="253" spans="2:6" ht="24" x14ac:dyDescent="0.25">
+      <c r="B253" s="69" t="s">
+        <v>277</v>
+      </c>
+      <c r="C253" s="20" t="s">
+        <v>281</v>
+      </c>
+      <c r="D253" s="5"/>
+      <c r="E253" s="109" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="254" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B254" s="69" t="s">
+        <v>277</v>
+      </c>
+      <c r="C254" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="D254" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E254" s="70"/>
+    </row>
+    <row r="255" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B255" s="69" t="s">
+        <v>277</v>
+      </c>
+      <c r="C255" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="D255" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E255" s="70"/>
+    </row>
+    <row r="256" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B256" s="69" t="s">
+        <v>277</v>
+      </c>
+      <c r="C256" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="D256" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E256" s="70"/>
+    </row>
+    <row r="257" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B257" s="69" t="s">
+        <v>277</v>
+      </c>
+      <c r="C257" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D257" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E257" s="70"/>
+    </row>
+    <row r="258" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B258" s="69" t="s">
+        <v>277</v>
+      </c>
+      <c r="C258" s="15" t="s">
+        <v>285</v>
+      </c>
+      <c r="D258" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E258" s="70"/>
+    </row>
+    <row r="259" spans="2:6" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B259" s="73" t="s">
+        <v>277</v>
+      </c>
+      <c r="C259" s="27" t="s">
+        <v>286</v>
+      </c>
+      <c r="D259" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E259" s="74"/>
+    </row>
+    <row r="260" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B260" s="67" t="s">
+        <v>287</v>
+      </c>
+      <c r="C260" s="26" t="s">
+        <v>288</v>
+      </c>
+      <c r="D260" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="E260" s="68"/>
+    </row>
+    <row r="261" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B261" s="69" t="s">
+        <v>287</v>
+      </c>
+      <c r="C261" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D261" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E261" s="70"/>
+    </row>
+    <row r="262" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B262" s="69" t="s">
+        <v>287</v>
+      </c>
+      <c r="C262" s="15" t="s">
+        <v>289</v>
+      </c>
+      <c r="D262" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E262" s="70"/>
+      <c r="F262" s="2"/>
+    </row>
+    <row r="263" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B263" s="69" t="s">
+        <v>287</v>
+      </c>
+      <c r="C263" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D263" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E263" s="70"/>
+    </row>
+    <row r="264" spans="2:6" ht="11.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B264" s="73" t="s">
+        <v>287</v>
+      </c>
+      <c r="C264" s="27" t="s">
+        <v>290</v>
+      </c>
+      <c r="D264" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E264" s="74"/>
+    </row>
+    <row r="265" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B265" s="67" t="s">
         <v>74</v>
       </c>
-      <c r="C169" s="17" t="s">
-[...427 lines deleted...]
-      <c r="B209" s="17" t="s">
+      <c r="C265" s="26" t="s">
+        <v>291</v>
+      </c>
+      <c r="D265" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="E265" s="68"/>
+    </row>
+    <row r="266" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B266" s="69" t="s">
         <v>74</v>
       </c>
-      <c r="C209" s="17" t="s">
-[...182 lines deleted...]
-      <c r="A226" s="23" t="s">
+      <c r="C266" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="D266" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E266" s="70"/>
+    </row>
+    <row r="267" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B267" s="69" t="s">
         <v>74</v>
       </c>
-      <c r="B226" s="6" t="s">
-[...282 lines deleted...]
-      <c r="B252" s="6" t="s">
+      <c r="C267" s="15" t="s">
         <v>293</v>
       </c>
-      <c r="C252" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B253" s="5" t="s">
+      <c r="D267" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E267" s="70"/>
+    </row>
+    <row r="268" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B268" s="69" t="s">
+        <v>74</v>
+      </c>
+      <c r="C268" s="15" t="s">
         <v>294</v>
       </c>
-      <c r="C253" s="5"/>
-[...6 lines deleted...]
-      <c r="B254" s="6" t="s">
+      <c r="D268" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E268" s="70"/>
+    </row>
+    <row r="269" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B269" s="69" t="s">
+        <v>74</v>
+      </c>
+      <c r="C269" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D269" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E269" s="70"/>
+    </row>
+    <row r="270" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B270" s="69" t="s">
+        <v>74</v>
+      </c>
+      <c r="C270" s="15" t="s">
         <v>295</v>
       </c>
-      <c r="C254" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B255" s="6" t="s">
+      <c r="D270" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E270" s="70"/>
+    </row>
+    <row r="271" spans="2:6" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B271" s="69" t="s">
+        <v>74</v>
+      </c>
+      <c r="C271" s="15" t="s">
         <v>296</v>
       </c>
-      <c r="C255" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B256" s="6" t="s">
+      <c r="D271" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E271" s="70"/>
+    </row>
+    <row r="272" spans="2:6" ht="42" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B272" s="69" t="s">
+        <v>74</v>
+      </c>
+      <c r="C272" s="25" t="s">
         <v>297</v>
       </c>
-      <c r="C256" s="6" t="s">
-[...16 lines deleted...]
-      <c r="B258" s="6" t="s">
+      <c r="D272" s="9" t="s">
         <v>298</v>
       </c>
-      <c r="C258" s="6" t="s">
-[...6 lines deleted...]
-      <c r="B259" s="6" t="s">
+      <c r="E272" s="72" t="s">
         <v>299</v>
       </c>
-      <c r="C259" s="6" t="s">
-[...5 lines deleted...]
-      <c r="A260" s="23" t="s">
+    </row>
+    <row r="273" spans="2:5" ht="34.799999999999997" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B273" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="C273" s="60"/>
+      <c r="D273" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E273" s="108" t="s">
         <v>300</v>
       </c>
-      <c r="B260" s="6" t="s">
-[...140 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <mergeCells count="70">
-[...23 lines deleted...]
-    <mergeCell ref="A231:A235"/>
+  <autoFilter ref="B2:E273" xr:uid="{3DB4FBC1-B62B-49C6-AAD2-41255A36E911}"/>
+  <mergeCells count="44">
+    <mergeCell ref="C82:C83"/>
+    <mergeCell ref="D82:D83"/>
+    <mergeCell ref="E82:E83"/>
+    <mergeCell ref="C60:C61"/>
+    <mergeCell ref="D60:D61"/>
+    <mergeCell ref="E60:E61"/>
+    <mergeCell ref="C62:C63"/>
+    <mergeCell ref="B62:B63"/>
+    <mergeCell ref="B60:B61"/>
+    <mergeCell ref="B82:B83"/>
+    <mergeCell ref="B1:E1"/>
+    <mergeCell ref="B2:B3"/>
+    <mergeCell ref="C2:C3"/>
+    <mergeCell ref="E2:E3"/>
+    <mergeCell ref="D7:D8"/>
+    <mergeCell ref="E7:E8"/>
+    <mergeCell ref="C7:C8"/>
+    <mergeCell ref="D2:D3"/>
+    <mergeCell ref="D62:D63"/>
+    <mergeCell ref="E62:E63"/>
+    <mergeCell ref="E145:E146"/>
+    <mergeCell ref="D152:D153"/>
+    <mergeCell ref="D109:D110"/>
+    <mergeCell ref="E109:E110"/>
+    <mergeCell ref="D147:D148"/>
+    <mergeCell ref="E147:E148"/>
+    <mergeCell ref="E152:E153"/>
     <mergeCell ref="C145:C146"/>
-    <mergeCell ref="B150:B151"/>
+    <mergeCell ref="D145:D146"/>
     <mergeCell ref="C150:C151"/>
     <mergeCell ref="D150:D151"/>
-    <mergeCell ref="D234:D235"/>
-    <mergeCell ref="C207:C208"/>
+    <mergeCell ref="E150:E151"/>
+    <mergeCell ref="E234:E235"/>
     <mergeCell ref="D207:D208"/>
-    <mergeCell ref="C210:C211"/>
+    <mergeCell ref="E207:E208"/>
     <mergeCell ref="D210:D211"/>
-    <mergeCell ref="A239:A243"/>
-[...3 lines deleted...]
-    <mergeCell ref="D145:D146"/>
+    <mergeCell ref="E210:E211"/>
     <mergeCell ref="C152:C153"/>
-    <mergeCell ref="C109:C110"/>
-[...1 lines deleted...]
-    <mergeCell ref="A113:A120"/>
+    <mergeCell ref="B152:B153"/>
+    <mergeCell ref="C272:C273"/>
     <mergeCell ref="C147:C148"/>
-    <mergeCell ref="D147:D148"/>
-[...3 lines deleted...]
-    <mergeCell ref="A142:A144"/>
     <mergeCell ref="B145:B146"/>
-    <mergeCell ref="A1:D1"/>
-[...19 lines deleted...]
-    <mergeCell ref="A79:A81"/>
+    <mergeCell ref="B147:B148"/>
+    <mergeCell ref="B150:B151"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B112" r:id="rId1" display="https://yorsexualhealth.org.uk/" xr:uid="{7AD6B63D-B16B-454E-9AF2-3E1330B2C3F4}"/>
+    <hyperlink ref="C112" r:id="rId1" display="https://yorsexualhealth.org.uk/" xr:uid="{7AD6B63D-B16B-454E-9AF2-3E1330B2C3F4}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="0" orientation="portrait" horizontalDpi="0" verticalDpi="0" copies="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b12924d5-49de-4e31-963f-463c934dd97e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="ec521502-3ba7-4972-800a-302060338d2d" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100683E9BAB8DFE7E40AFD0148808952E2C" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="99b4309e268faf073f8db201a5a3c39a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="b12924d5-49de-4e31-963f-463c934dd97e" xmlns:ns3="ec521502-3ba7-4972-800a-302060338d2d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d5a3d090d61aa23f20b8d538925bcca0" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="b12924d5-49de-4e31-963f-463c934dd97e"/>
     <xsd:import namespace="ec521502-3ba7-4972-800a-302060338d2d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
@@ -4857,110 +5763,94 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82DC2510-25C8-4E33-B0DB-9170DE7B5957}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26ACE4E8-44B3-40AD-9C4D-55C72796CA96}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="b12924d5-49de-4e31-963f-463c934dd97e"/>
+    <ds:schemaRef ds:uri="ec521502-3ba7-4972-800a-302060338d2d"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5AB7EEC-1124-404D-80F0-87EED1A70E36}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="b12924d5-49de-4e31-963f-463c934dd97e"/>
     <ds:schemaRef ds:uri="ec521502-3ba7-4972-800a-302060338d2d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{37c354b2-85b0-47f5-b222-07b48d774ee3}" enabled="0" method="" siteId="{37c354b2-85b0-47f5-b222-07b48d774ee3}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>