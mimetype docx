--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1C7CF4F0" w14:textId="77777777" w:rsidR="00865B67" w:rsidRDefault="00865B67"/>
     <w:p w14:paraId="00CD54F6" w14:textId="77777777" w:rsidR="00E72026" w:rsidRDefault="00865B67" w:rsidP="006D6764">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0018798A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>SUSPECTED CANCER REFERRAL FORM:</w:t>
       </w:r>
       <w:r w:rsidRPr="0018798A">
         <w:rPr>
@@ -114,883 +114,784 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>ral</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
           </w:rPr>
           <w:id w:val="1434398842"/>
           <w:placeholder>
             <w:docPart w:val="B5F49AB2D0F94B55B1C8AAD2A2117D03"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="004D7522">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00045F01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1183"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="291"/>
         <w:gridCol w:w="726"/>
         <w:gridCol w:w="2180"/>
         <w:gridCol w:w="402"/>
         <w:gridCol w:w="347"/>
         <w:gridCol w:w="1695"/>
         <w:gridCol w:w="596"/>
         <w:gridCol w:w="516"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00974C0B" w:rsidRPr="00FD0297" w14:paraId="2B5664B2" w14:textId="77777777" w:rsidTr="0004438E">
+      <w:tr w:rsidR="00974C0B" w:rsidRPr="00FD0297" w14:paraId="2B5664B2" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="22CCF16B" w14:textId="59339244" w:rsidR="00974C0B" w:rsidRPr="00FD0297" w:rsidRDefault="00974C0B" w:rsidP="006D6764">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Patient details</w:t>
             </w:r>
             <w:r w:rsidR="00DC4F4A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Mandatory</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C0B62" w:rsidRPr="00FD0297" w14:paraId="5C3C110A" w14:textId="77777777" w:rsidTr="00795C9E">
+      <w:tr w:rsidR="006C0B62" w:rsidRPr="00FD0297" w14:paraId="5C3C110A" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3280" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="2C61DDCD" w14:textId="3867E5DE" w:rsidR="00DE59DD" w:rsidRPr="00FD0297" w:rsidRDefault="00A302B7" w:rsidP="00142F62">
+          <w:p w14:paraId="2C61DDCD" w14:textId="460B75D7" w:rsidR="00DE59DD" w:rsidRPr="00FD0297" w:rsidRDefault="00A302B7" w:rsidP="00142F62">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
             <w:r w:rsidR="00DE59DD" w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Auto-populated </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2929" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="4186D2D8" w14:textId="5F66E2AC" w:rsidR="00DE59DD" w:rsidRPr="00FD0297" w:rsidRDefault="00A302B7" w:rsidP="00F26F5B">
+          <w:p w14:paraId="4186D2D8" w14:textId="40B49053" w:rsidR="00DE59DD" w:rsidRPr="00FD0297" w:rsidRDefault="00A302B7" w:rsidP="00F26F5B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>First name</w:t>
             </w:r>
             <w:r w:rsidR="00DE59DD" w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Auto-populated </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2807" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6C538C59" w14:textId="6CB17AC4" w:rsidR="00DE59DD" w:rsidRPr="00FD0297" w:rsidRDefault="00A302B7" w:rsidP="00F26F5B">
+          <w:p w14:paraId="6C538C59" w14:textId="6A11841C" w:rsidR="00DE59DD" w:rsidRPr="00FD0297" w:rsidRDefault="00A302B7" w:rsidP="00F26F5B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
             <w:r w:rsidR="00DE59DD" w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Auto-populated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00594D7C" w:rsidRPr="00FD0297" w14:paraId="0096A19C" w14:textId="77777777" w:rsidTr="00795C9E">
+      <w:tr w:rsidR="00594D7C" w:rsidRPr="00FD0297" w14:paraId="0096A19C" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="06AB7A51" w14:textId="4A9FC542" w:rsidR="00594D7C" w:rsidRPr="00FD0297" w:rsidRDefault="00594D7C" w:rsidP="006D6764">
+          <w:p w14:paraId="06AB7A51" w14:textId="4C3DE896" w:rsidR="00594D7C" w:rsidRPr="00FD0297" w:rsidRDefault="00594D7C" w:rsidP="006D6764">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">DOB: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1588502063"/>
                 <w:placeholder>
                   <w:docPart w:val="CA64FD13CC4F47D4B2214D35B3804075"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00FD0297">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3556" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="7B8035A3" w14:textId="7075722E" w:rsidR="00594D7C" w:rsidRPr="00FD0297" w:rsidRDefault="00594D7C" w:rsidP="00F26F5B">
+          <w:p w14:paraId="7B8035A3" w14:textId="3D061CB5" w:rsidR="00594D7C" w:rsidRPr="00FD0297" w:rsidRDefault="00594D7C" w:rsidP="00F26F5B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">NHS number: </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Auto-populated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C0B62" w:rsidRPr="00FD0297" w14:paraId="5AAF211A" w14:textId="77777777" w:rsidTr="00795C9E">
+      <w:tr w:rsidR="006C0B62" w:rsidRPr="00FD0297" w14:paraId="5AAF211A" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3280" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="2DC286A9" w14:textId="7A6D5A87" w:rsidR="00DE59DD" w:rsidRPr="00FD0297" w:rsidRDefault="00A302B7" w:rsidP="00142F62">
+          <w:p w14:paraId="2DC286A9" w14:textId="5DB45FA0" w:rsidR="00DE59DD" w:rsidRPr="00FD0297" w:rsidRDefault="00A302B7" w:rsidP="00142F62">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethnicity: </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Auto-populated </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2929" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="1AB4C296" w14:textId="26911ECA" w:rsidR="00DE59DD" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00F17D39">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Interpreter required: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1469476520"/>
                 <w:placeholder>
                   <w:docPart w:val="61F058EFCB3D45D69EC568A7172FBAD6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Yes" w:value="Yes"/>
                   <w:listItem w:displayText="No" w:value="No"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00FD0297">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2807" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="2399B485" w14:textId="0794D76E" w:rsidR="00DE59DD" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="006D6764">
+          <w:p w14:paraId="2399B485" w14:textId="2E88333B" w:rsidR="00DE59DD" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="006D6764">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Language: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-630482792"/>
                 <w:placeholder>
                   <w:docPart w:val="12044E048E374D0285B7B916EDECBF65"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00FD0297">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00142F62">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Auto-populated </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A302B7" w:rsidRPr="00FD0297" w14:paraId="14999269" w14:textId="77777777" w:rsidTr="00795C9E">
+      <w:tr w:rsidR="00A302B7" w:rsidRPr="00FD0297" w14:paraId="14999269" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6209" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="0B95CF48" w14:textId="1E1507B8" w:rsidR="00A302B7" w:rsidRPr="00FD0297" w:rsidRDefault="00A302B7" w:rsidP="00F26F5B">
+          <w:p w14:paraId="0B95CF48" w14:textId="6BC55790" w:rsidR="00A302B7" w:rsidRPr="00FD0297" w:rsidRDefault="00A302B7" w:rsidP="00F26F5B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Address: </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>Auto-populated</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2807" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="0D3DBD73" w14:textId="77777777" w:rsidR="00A302B7" w:rsidRPr="00FD0297" w:rsidRDefault="00A302B7" w:rsidP="00F26F5B">
+          <w:p w14:paraId="0D3DBD73" w14:textId="78F627C9" w:rsidR="00A302B7" w:rsidRPr="00FD0297" w:rsidRDefault="00A302B7" w:rsidP="00F26F5B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Postcode: </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>Auto-populated field</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F270F2" w:rsidRPr="00FD0297" w14:paraId="2963427B" w14:textId="77777777" w:rsidTr="00795C9E">
+      <w:tr w:rsidR="00F270F2" w:rsidRPr="00FD0297" w14:paraId="2963427B" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="6292915F" w14:textId="0FE0B6E4" w:rsidR="00F270F2" w:rsidRPr="00FD0297" w:rsidRDefault="00F270F2" w:rsidP="006D6764">
+          <w:p w14:paraId="6292915F" w14:textId="0CBD125F" w:rsidR="00F270F2" w:rsidRPr="00FD0297" w:rsidRDefault="00F270F2" w:rsidP="006D6764">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Tel. home: </w:t>
             </w:r>
-            <w:r w:rsidR="00F26F5B" w:rsidRPr="00FD0297">
-[...7 lines deleted...]
-          <w:p w14:paraId="2BDFD170" w14:textId="77777777" w:rsidR="00F270F2" w:rsidRPr="00FD0297" w:rsidRDefault="00000000" w:rsidP="00F270F2">
+          </w:p>
+          <w:p w14:paraId="2BDFD170" w14:textId="77777777" w:rsidR="00F270F2" w:rsidRPr="00FD0297" w:rsidRDefault="00410F55" w:rsidP="00F270F2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="949"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="524377365"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F270F2" w:rsidRPr="00FD0297">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F270F2" w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Preferred contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3556" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="44728D0E" w14:textId="6D2FD8AC" w:rsidR="00F270F2" w:rsidRPr="00FD0297" w:rsidRDefault="00F270F2" w:rsidP="006D6764">
+          <w:p w14:paraId="44728D0E" w14:textId="4C767F15" w:rsidR="00F270F2" w:rsidRPr="00FD0297" w:rsidRDefault="00F270F2" w:rsidP="006D6764">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Tel. mobile: </w:t>
             </w:r>
-            <w:r w:rsidR="00142F62" w:rsidRPr="00FD0297">
-[...7 lines deleted...]
-          <w:p w14:paraId="799A23FB" w14:textId="77777777" w:rsidR="00F270F2" w:rsidRPr="00FD0297" w:rsidRDefault="00000000" w:rsidP="006D6764">
+          </w:p>
+          <w:p w14:paraId="799A23FB" w14:textId="77777777" w:rsidR="00F270F2" w:rsidRPr="00FD0297" w:rsidRDefault="00410F55" w:rsidP="006D6764">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1857408682"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F270F2" w:rsidRPr="00FD0297">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F270F2" w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Preferred contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F17D39" w:rsidRPr="00FD0297" w14:paraId="7BF8B1B1" w14:textId="77777777" w:rsidTr="00DF5798">
+      <w:tr w:rsidR="00F17D39" w:rsidRPr="00FD0297" w14:paraId="7BF8B1B1" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="669BA43D" w14:textId="4E92D32C" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00DF5798">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">GP practice details </w:t>
             </w:r>
             <w:r w:rsidR="00DC4F4A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Mandatory</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F17D39" w:rsidRPr="00FD0297" w14:paraId="542226B3" w14:textId="77777777" w:rsidTr="00DF5798">
+      <w:tr w:rsidR="00F17D39" w:rsidRPr="00FD0297" w14:paraId="542226B3" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC5C4F8" w14:textId="4AF0C72E" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00142F62">
+          <w:p w14:paraId="0EC5C4F8" w14:textId="16613E16" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00142F62">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Usual GP Name: </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Auto-populated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C0B62" w:rsidRPr="00FD0297" w14:paraId="7DA3A319" w14:textId="77777777" w:rsidTr="00795C9E">
+      <w:tr w:rsidR="006C0B62" w:rsidRPr="00FD0297" w14:paraId="7DA3A319" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1183" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D337B3E" w14:textId="7D9CC463" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00142F62">
+          <w:p w14:paraId="3D337B3E" w14:textId="01B9B413" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00142F62">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Address: </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Auto-populated </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4679" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0BC7AC" w14:textId="7836E1E8" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00142F62">
+          <w:p w14:paraId="7B0BC7AC" w14:textId="2B979368" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00142F62">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Practice name: </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Auto-populated </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3154" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="0DF7FCA3" w14:textId="3E1BF7D9" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00142F62">
+          <w:p w14:paraId="0DF7FCA3" w14:textId="78CD4ECA" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00142F62">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Practice code: </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Auto-populated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F17D39" w:rsidRPr="00FD0297" w14:paraId="250A88D9" w14:textId="77777777" w:rsidTr="00795C9E">
+      <w:tr w:rsidR="00F17D39" w:rsidRPr="00FD0297" w14:paraId="250A88D9" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5862" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="09B4E488" w14:textId="780A9C3C" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00142F62">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Tel. main line: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3154" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="7BAFDEFD" w14:textId="5F983C36" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00142F62">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Tel. direct line: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F17D39" w:rsidRPr="00FD0297" w14:paraId="10822448" w14:textId="77777777" w:rsidTr="00795C9E">
+      <w:tr w:rsidR="00F17D39" w:rsidRPr="00FD0297" w14:paraId="10822448" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="2030A6E7" w14:textId="1F1083FB" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00DF5798">
+          <w:p w14:paraId="2030A6E7" w14:textId="7E10985C" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00DF5798">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Referring clinician: </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>Auto-populated</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3556" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="057FBCFF" w14:textId="57A3E496" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00142F62">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Practice Email: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F17D39" w:rsidRPr="00FD0297" w14:paraId="68E0785F" w14:textId="77777777" w:rsidTr="00DF5798">
+      <w:tr w:rsidR="00F17D39" w:rsidRPr="00FD0297" w14:paraId="68E0785F" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5EC93AC5" w14:textId="0292A364" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00DF5798">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Patient engagement and availability</w:t>
             </w:r>
             <w:r w:rsidR="00DC4F4A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Mandatory</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00022364" w:rsidRPr="00FD0297" w14:paraId="15F3D75D" w14:textId="77777777" w:rsidTr="00004E52">
+      <w:tr w:rsidR="00022364" w:rsidRPr="00FD0297" w14:paraId="15F3D75D" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7904" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w14:paraId="38C41450" w14:textId="77777777" w:rsidR="00022364" w:rsidRPr="00FD0297" w:rsidRDefault="00022364" w:rsidP="00DF5798">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">I confirm the following: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
@@ -1011,419 +912,438 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0676C86E" w14:textId="6A3F5C13" w:rsidR="00022364" w:rsidRPr="00530162" w:rsidRDefault="00530162" w:rsidP="00DF5798">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00530162">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00022364" w:rsidRPr="00FD0297" w14:paraId="169FF9EC" w14:textId="77777777" w:rsidTr="00004E52">
+      <w:tr w:rsidR="00022364" w:rsidRPr="00FD0297" w14:paraId="169FF9EC" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7904" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w14:paraId="32A23370" w14:textId="7B3B2357" w:rsidR="00022364" w:rsidRPr="00FD0297" w:rsidRDefault="00022364" w:rsidP="00DF5798">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>The possibility that the diagnosis may be cancer has been discussed with the patient</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="139C1C0B" w14:textId="59AAD39B" w:rsidR="00022364" w:rsidRPr="00FD0297" w:rsidRDefault="00000000" w:rsidP="00DF5798">
+          <w:p w14:paraId="139C1C0B" w14:textId="59AAD39B" w:rsidR="00022364" w:rsidRPr="00FD0297" w:rsidRDefault="00410F55" w:rsidP="00DF5798">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1641410736"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00530162">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="516" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4699D57D" w14:textId="06F84138" w:rsidR="00022364" w:rsidRPr="00FD0297" w:rsidRDefault="00000000" w:rsidP="00DF5798">
+          <w:p w14:paraId="4699D57D" w14:textId="06F84138" w:rsidR="00022364" w:rsidRPr="00FD0297" w:rsidRDefault="00410F55" w:rsidP="00DF5798">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="319392320"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00530162">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C578A" w:rsidRPr="00FD0297" w14:paraId="477469C4" w14:textId="77777777" w:rsidTr="00004E52">
+      <w:tr w:rsidR="003C578A" w:rsidRPr="00FD0297" w14:paraId="477469C4" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7904" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w14:paraId="1A0F1DA3" w14:textId="724E78CD" w:rsidR="003C578A" w:rsidRPr="00FD0297" w:rsidRDefault="003C578A" w:rsidP="00AC589C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:r w:rsidRPr="0018798A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">patient </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">has been offered a </w:t>
             </w:r>
             <w:r w:rsidRPr="003A7B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">suspected cancer referral leaflet </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50F0AE09" w14:textId="26DA3648" w:rsidR="003C578A" w:rsidRPr="00FD0297" w:rsidRDefault="00000000" w:rsidP="00AC589C">
+          <w:p w14:paraId="50F0AE09" w14:textId="26DA3648" w:rsidR="003C578A" w:rsidRPr="00FD0297" w:rsidRDefault="00410F55" w:rsidP="00AC589C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-103505381"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00530162">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="516" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1243A097" w14:textId="38C5041E" w:rsidR="003C578A" w:rsidRPr="00FD0297" w:rsidRDefault="00000000" w:rsidP="00AC589C">
+          <w:p w14:paraId="1243A097" w14:textId="38C5041E" w:rsidR="003C578A" w:rsidRPr="00FD0297" w:rsidRDefault="00410F55" w:rsidP="00AC589C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="952281462"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00530162">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C578A" w:rsidRPr="00FD0297" w14:paraId="21C95208" w14:textId="77777777" w:rsidTr="00004E52">
+      <w:tr w:rsidR="003C578A" w:rsidRPr="00FD0297" w14:paraId="21C95208" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7904" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w14:paraId="30899BC0" w14:textId="0FD49CE9" w:rsidR="003C578A" w:rsidRPr="00FD0297" w:rsidRDefault="003C578A" w:rsidP="0096613C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CE1B0F">
+          <w:p w14:paraId="30899BC0" w14:textId="08A5BA29" w:rsidR="003C578A" w:rsidRPr="00FD0297" w:rsidRDefault="003C578A" w:rsidP="0096613C">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="35FDF3FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">The patient has been informed that they could be contacted at any time within the next </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="04F0AB77" w:rsidRPr="35FDF3FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="35FDF3FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>28 days for investigations.  A</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CE1B0F">
+              <w:t xml:space="preserve"> days for investigations.  A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="35FDF3FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>vailability/attendance is strongly advised</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A28F1AA" w14:textId="0072909C" w:rsidR="003C578A" w:rsidRPr="00FD0297" w:rsidRDefault="00000000" w:rsidP="0096613C">
+          <w:p w14:paraId="2A28F1AA" w14:textId="0072909C" w:rsidR="003C578A" w:rsidRPr="00FD0297" w:rsidRDefault="00410F55" w:rsidP="0096613C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-227144735"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00530162">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="516" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="580A64C9" w14:textId="0824BDB9" w:rsidR="003C578A" w:rsidRPr="00FD0297" w:rsidRDefault="00000000" w:rsidP="0096613C">
+          <w:p w14:paraId="580A64C9" w14:textId="0824BDB9" w:rsidR="003C578A" w:rsidRPr="00FD0297" w:rsidRDefault="00410F55" w:rsidP="0096613C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1941676220"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00530162">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F17D39" w:rsidRPr="00FD0297" w14:paraId="57BEDC10" w14:textId="77777777" w:rsidTr="00DF5798">
+      <w:tr w:rsidR="00F17D39" w:rsidRPr="00FD0297" w14:paraId="57BEDC10" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:trPr>
           <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w14:paraId="435CBCAC" w14:textId="6B370D53" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00DF5798">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD0297">
+          <w:p w14:paraId="435CBCAC" w14:textId="7E9211FA" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00DF5798">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="35FDF3FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Please note any dates the patient is NOT available for an </w:t>
             </w:r>
-            <w:r w:rsidR="00475108" w:rsidRPr="00475108">
+            <w:r w:rsidR="00475108" w:rsidRPr="35FDF3FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>appointment (virtual or face to face)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD0297">
+            <w:r w:rsidRPr="35FDF3FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> in the next </w:t>
             </w:r>
-            <w:r w:rsidR="0096613C">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00FD0297">
+            <w:r w:rsidR="0EC9E25A" w:rsidRPr="35FDF3FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="0096613C" w:rsidRPr="35FDF3FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> days</w:t>
+            </w:r>
+            <w:r w:rsidRPr="35FDF3FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-352642440"/>
                 <w:placeholder>
                   <w:docPart w:val="6C289ECBA18F4272AE0810BB7C4975DB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FD0297">
+                <w:r w:rsidRPr="35FDF3FE">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="1B3F09BD" w14:textId="77777777" w:rsidTr="00B45E21">
+      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="1B3F09BD" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5FFA2A8B" w14:textId="0783C706" w:rsidR="00B1352F" w:rsidRPr="00FD0297" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Patient’s WHO </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1453,51 +1373,51 @@
             </w:r>
             <w:r w:rsidRPr="00436FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>and Frailty</w:t>
             </w:r>
             <w:r w:rsidR="00411038">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidR="00767ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Desirable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="3BE698F6" w14:textId="77777777" w:rsidTr="00795C9E">
+      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="3BE698F6" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1183" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="533E77EE" w14:textId="77777777" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E8BC393" w14:textId="6BE72F8C" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
@@ -1511,75 +1431,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6753" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w14:paraId="5440255F" w14:textId="4089552F" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Explanation of activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="6C2CAD94" w14:textId="77777777" w:rsidTr="002F3603">
+      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="6C2CAD94" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1183" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23E081DA" w14:textId="06FDB726" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00000000" w:rsidP="00B1352F">
+          <w:p w14:paraId="23E081DA" w14:textId="06FDB726" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00410F55" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1806920698"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0034574B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76E25140" w14:textId="1F180872" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1590,154 +1511,170 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6753" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w14:paraId="0127BA8F" w14:textId="4129F5E8" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Fully active, able to carry on all pre-disease performance without restriction.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="135DB6CA" w14:textId="77777777" w:rsidTr="00E430A0">
+      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="135DB6CA" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1183" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D33EBF5" w14:textId="204BD209" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00000000" w:rsidP="00B1352F">
+          <w:p w14:paraId="3D33EBF5" w14:textId="204BD209" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00410F55" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1664153987"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0034574B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BEFDF5D" w14:textId="7808B72E" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6753" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w14:paraId="703DF144" w14:textId="33F15535" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Restricted in physically strenuous activity but ambulatory and able to carry out work of a light or sedentary nature, e.g. light house work, office work.</w:t>
+              <w:t xml:space="preserve">Restricted in physically strenuous activity but ambulatory and able to carry out work of a light or sedentary nature, e.g. light </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FD0297">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>house work</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FD0297">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>, office work.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="69A7D001" w14:textId="77777777" w:rsidTr="00270756">
+      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="69A7D001" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1183" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CB8D6BC" w14:textId="62291E3A" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00000000" w:rsidP="00B1352F">
+          <w:p w14:paraId="1CB8D6BC" w14:textId="62291E3A" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00410F55" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="797579629"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0034574B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A129E38" w14:textId="016861A4" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1748,75 +1685,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6753" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w14:paraId="088B78D9" w14:textId="5EC70252" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Ambulatory and capable of self-care but unable to carry out any work activities. Up and about more than 50% of waking hours.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="591DC455" w14:textId="77777777" w:rsidTr="00D653D1">
+      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="591DC455" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1183" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="746F6BC4" w14:textId="6C4332F6" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00000000" w:rsidP="00B1352F">
+          <w:p w14:paraId="746F6BC4" w14:textId="6C4332F6" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00410F55" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1124930789"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0034574B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7186417A" w14:textId="1C7682DC" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1827,75 +1765,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6753" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w14:paraId="6C38C656" w14:textId="1D3A5621" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Capable of only limited self-care, confined to bed or chair more than 50% of waking hours.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="6DCAC683" w14:textId="77777777" w:rsidTr="00423453">
+      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="6DCAC683" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1183" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D3ADAA9" w14:textId="488E31CC" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00000000" w:rsidP="00B1352F">
+          <w:p w14:paraId="5D3ADAA9" w14:textId="488E31CC" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00410F55" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-770928307"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0034574B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35E36A53" w14:textId="0986E0D5" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1906,113 +1845,112 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6753" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w14:paraId="6601CAB7" w14:textId="17031B81" w:rsidR="00B1352F" w:rsidRPr="00BB6409" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Completely disabled. Cannot carry on any self-care. Totally confined to bed or chair.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="21BA6B97" w14:textId="77777777" w:rsidTr="00687781">
+      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="21BA6B97" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="277DD754" w14:textId="3D6F5FA8" w:rsidR="00B1352F" w:rsidRPr="003A0B7C" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A0B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Please only complete one of the below scores if over 65 (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="003A0B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>esirable not Mandatory)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="3D594691" w14:textId="77777777" w:rsidTr="00795C9E">
+      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="3D594691" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="48D66F89" w14:textId="48F71EB2" w:rsidR="00B1352F" w:rsidRPr="00FD0297" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Frailty Index </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6462" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="6581BDBF" w14:textId="59B47DF4" w:rsidR="00B1352F" w:rsidRPr="00FD0297" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
+          <w:p w14:paraId="6581BDBF" w14:textId="5DB1F868" w:rsidR="00B1352F" w:rsidRPr="00FD0297" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fit/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
             <w:r>
@@ -2022,166 +1960,132 @@
               <w:t>Mild/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Moderate/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Severe </w:t>
-            </w:r>
-[...12 lines deleted...]
-              <w:t>where possible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="658EFAA9" w14:textId="77777777" w:rsidTr="00795C9E">
+      <w:tr w:rsidR="00B1352F" w:rsidRPr="00FD0297" w14:paraId="658EFAA9" w14:textId="77777777" w:rsidTr="35FDF3FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="54422820" w14:textId="7642DE85" w:rsidR="00B1352F" w:rsidRDefault="00B1352F" w:rsidP="00B1352F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Frailty Score/Rockwood (1-9) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6462" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="090A2736" w14:textId="2111087A" w:rsidR="00B1352F" w:rsidRDefault="00000000" w:rsidP="00B1352F">
+          <w:p w14:paraId="090A2736" w14:textId="7D21BAC8" w:rsidR="00B1352F" w:rsidRDefault="00410F55" w:rsidP="00B1352F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3250"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                 </w:rPr>
                 <w:id w:val="-1436288087"/>
                 <w:placeholder>
                   <w:docPart w:val="4A12C150D24C49BF99D466DEC4F3EC7D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B1352F" w:rsidRPr="00A65D3A">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B1352F">
-[...19 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F17D39" w:rsidRPr="00015574" w14:paraId="181CEE1B" w14:textId="77777777" w:rsidTr="00DF5798">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05104202" w14:textId="59CD0C0D" w:rsidR="00F17D39" w:rsidRDefault="00F17D39" w:rsidP="00DF5798">
+          <w:p w14:paraId="05104202" w14:textId="63051D73" w:rsidR="00F17D39" w:rsidRDefault="00F17D39" w:rsidP="00DF5798">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Please detail any </w:t>
             </w:r>
             <w:r w:rsidR="006520A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Mental Health/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -2220,163 +2124,152 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00D21998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>mpairment if known</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
-            </w:r>
-[...12 lines deleted...]
-              <w:t>where possible</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BC10D02" w14:textId="42258B4A" w:rsidR="00F17D39" w:rsidRPr="00015574" w:rsidRDefault="00F17D39" w:rsidP="00DF5798">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C2E26">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Carer/Keyworker name</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                 </w:rPr>
                 <w:id w:val="-2099709829"/>
                 <w:placeholder>
                   <w:docPart w:val="60E24B0E03814854A16FD57ED2EE97EE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00A65D3A">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="000C2E26">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="000C2E26">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">ontact details </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                 </w:rPr>
                 <w:id w:val="252793111"/>
                 <w:placeholder>
                   <w:docPart w:val="60E24B0E03814854A16FD57ED2EE97EE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00303DA6" w:rsidRPr="00A65D3A">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Relationship to Patient </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                 </w:rPr>
                 <w:id w:val="996158413"/>
                 <w:placeholder>
                   <w:docPart w:val="60E24B0E03814854A16FD57ED2EE97EE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00303DA6" w:rsidRPr="00A65D3A">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2891"/>
         <w:gridCol w:w="1629"/>
         <w:gridCol w:w="1262"/>
         <w:gridCol w:w="286"/>
         <w:gridCol w:w="596"/>
@@ -2394,279 +2287,223 @@
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B02195">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Details </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0038155E" w:rsidRPr="00FD0297" w14:paraId="12D0C427" w14:textId="77777777" w:rsidTr="00437C9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2891" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="001D86EF" w14:textId="13C17187" w:rsidR="0038155E" w:rsidRPr="00FD0297" w:rsidRDefault="0038155E" w:rsidP="00142F62">
+          <w:p w14:paraId="001D86EF" w14:textId="438511B5" w:rsidR="0038155E" w:rsidRPr="00FD0297" w:rsidRDefault="0038155E" w:rsidP="00142F62">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Weight</w:t>
             </w:r>
             <w:r w:rsidR="00F17D39" w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Auto-populated with date</w:t>
-[...20 lines deleted...]
-              <w:t>occurred</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2891" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07CE36CD" w14:textId="5DE7A58D" w:rsidR="0038155E" w:rsidRPr="00FD0297" w:rsidRDefault="0038155E" w:rsidP="00142F62">
+          <w:p w14:paraId="07CE36CD" w14:textId="120787F1" w:rsidR="0038155E" w:rsidRPr="00FD0297" w:rsidRDefault="0038155E" w:rsidP="00142F62">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Height</w:t>
             </w:r>
             <w:r w:rsidR="00F17D39" w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Auto-populated with date</w:t>
-[...13 lines deleted...]
-              <w:t>occurred</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3234" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D18FDE4" w14:textId="66CBCEFA" w:rsidR="0038155E" w:rsidRPr="00FD0297" w:rsidRDefault="0038155E" w:rsidP="00142F62">
+          <w:p w14:paraId="0D18FDE4" w14:textId="45F6D0A3" w:rsidR="0038155E" w:rsidRPr="00FD0297" w:rsidRDefault="0038155E" w:rsidP="00142F62">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>BMI</w:t>
             </w:r>
             <w:r w:rsidR="00F17D39" w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Auto-populated with date</w:t>
-[...13 lines deleted...]
-              <w:t>occurred</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F17D39" w:rsidRPr="00FD0297" w14:paraId="744E83EF" w14:textId="77777777" w:rsidTr="00437C9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6664" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E01B674" w14:textId="5E5F3076" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00142F62">
+          <w:p w14:paraId="6E01B674" w14:textId="4E44E153" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00142F62">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Smoker/ever smoked</w:t>
             </w:r>
             <w:r w:rsidRPr="00F766E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Auto-populated </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2352" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6251B9B7" w14:textId="404D2B99" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00142F62">
+          <w:p w14:paraId="6251B9B7" w14:textId="28AEDDE0" w:rsidR="00F17D39" w:rsidRPr="00FD0297" w:rsidRDefault="00F17D39" w:rsidP="00142F62">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Alcohol units</w:t>
             </w:r>
             <w:r w:rsidRPr="00F766E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Auto-populated </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C3215" w:rsidRPr="00FD0297" w14:paraId="253E495B" w14:textId="77777777" w:rsidTr="00135D64">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="1EC5CC60" w14:textId="5FCBA1FC" w:rsidR="005C3215" w:rsidRDefault="005C3215" w:rsidP="00142F62">
+          <w:p w14:paraId="1EC5CC60" w14:textId="485A60EB" w:rsidR="005C3215" w:rsidRDefault="005C3215" w:rsidP="00142F62">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Any known Allergies – </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>Auto-populated</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0011321E" w:rsidRPr="00FD0297" w14:paraId="571DFF96" w14:textId="77777777" w:rsidTr="00437C9C">
         <w:trPr>
           <w:trHeight w:val="74"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6068" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="0909006D" w14:textId="17B0BD4D" w:rsidR="0011321E" w:rsidRPr="008577D5" w:rsidRDefault="0011321E" w:rsidP="008577D5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="596" w:type="dxa"/>
@@ -2814,122 +2651,124 @@
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008577D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">If the patient has a known </w:t>
             </w:r>
             <w:r w:rsidRPr="008577D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">family history of colorectal cancer </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2948" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="72CEE3D6" w14:textId="661B3005" w:rsidR="00437C9C" w:rsidRPr="008577D5" w:rsidRDefault="00000000" w:rsidP="008577D5">
+          <w:p w14:paraId="72CEE3D6" w14:textId="661B3005" w:rsidR="00437C9C" w:rsidRPr="008577D5" w:rsidRDefault="00410F55" w:rsidP="008577D5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1355767037"/>
                 <w:placeholder>
                   <w:docPart w:val="1EE245937787453EAB976B7D8ED3E794"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0052434B" w:rsidRPr="008577D5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0011209D" w:rsidRPr="00FD0297" w14:paraId="320EE997" w14:textId="77777777" w:rsidTr="008F230D">
         <w:trPr>
           <w:trHeight w:val="72"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6068" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="00082058" w14:textId="6D0B7CA2" w:rsidR="0011209D" w:rsidRPr="008577D5" w:rsidRDefault="005B5CFE" w:rsidP="008577D5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008577D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Digital Rectal Exam (DRE) summary of finding</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2948" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6862D193" w14:textId="4F82946F" w:rsidR="0011209D" w:rsidRPr="008577D5" w:rsidRDefault="00000000" w:rsidP="008577D5">
+          <w:p w14:paraId="6862D193" w14:textId="4F82946F" w:rsidR="0011209D" w:rsidRPr="008577D5" w:rsidRDefault="00410F55" w:rsidP="008577D5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-45769137"/>
                 <w:placeholder>
                   <w:docPart w:val="3EE481C3AB844FF9A77367A3A7FB4FFA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0052434B" w:rsidRPr="008577D5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD0297" w:rsidRPr="00FD0297" w14:paraId="047BEF6E" w14:textId="77777777" w:rsidTr="00F45C4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="34E30678" w14:textId="563C301E" w:rsidR="00FD0297" w:rsidRPr="00FD0297" w:rsidRDefault="00FD0297" w:rsidP="00FD0297">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3015,217 +2854,221 @@
             <w:r w:rsidR="003F5C75">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="00560264">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>below 3 conditions</w:t>
             </w:r>
             <w:r w:rsidR="00AC7091">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6475CDC9" w14:textId="77777777" w:rsidR="004326A1" w:rsidRDefault="00000000" w:rsidP="004326A1">
+          <w:p w14:paraId="6475CDC9" w14:textId="77777777" w:rsidR="004326A1" w:rsidRDefault="00410F55" w:rsidP="004326A1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1450740132"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004326A1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004326A1" w:rsidRPr="00A73A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  Rectal mass</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="166487E4" w14:textId="7CE8CD02" w:rsidR="004326A1" w:rsidRDefault="00000000" w:rsidP="004326A1">
+          <w:p w14:paraId="166487E4" w14:textId="7CE8CD02" w:rsidR="004326A1" w:rsidRDefault="00410F55" w:rsidP="004326A1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1050"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1622954753"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004326A1" w:rsidRPr="00B9312A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="00EF7C32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>nal mass</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29BDF093" w14:textId="4BC88025" w:rsidR="004326A1" w:rsidRDefault="00000000" w:rsidP="004326A1">
+          <w:p w14:paraId="29BDF093" w14:textId="4BC88025" w:rsidR="004326A1" w:rsidRDefault="00410F55" w:rsidP="004326A1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="310756164"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004326A1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004326A1" w:rsidRPr="00A73A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00EF7C32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>nal ulceration</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76C2FA76" w14:textId="77777777" w:rsidR="004326A1" w:rsidRDefault="00000000" w:rsidP="004326A1">
+          <w:p w14:paraId="76C2FA76" w14:textId="77777777" w:rsidR="004326A1" w:rsidRDefault="00410F55" w:rsidP="004326A1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="739"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1400021900"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004326A1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004326A1" w:rsidRPr="00034DEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">   Patient</w:t>
             </w:r>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> is</w:t>
             </w:r>
             <w:r w:rsidR="004326A1" w:rsidRPr="00034DEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -3234,50 +3077,51 @@
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (please state)</w:t>
             </w:r>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="477580022"/>
                 <w:placeholder>
                   <w:docPart w:val="7485873B1F424C938AC6970BD6D95E05"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004326A1" w:rsidRPr="00FE20A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="310F7083" w14:textId="77777777" w:rsidR="004326A1" w:rsidRPr="000468DC" w:rsidRDefault="004326A1" w:rsidP="004326A1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="739"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:strike/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="385C1DF1" w14:textId="5EC8547D" w:rsidR="004326A1" w:rsidRDefault="004326A1" w:rsidP="004326A1">
             <w:pPr>
               <w:tabs>
@@ -3335,379 +3179,364 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B9312A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>10)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40F583E9" w14:textId="77777777" w:rsidR="004326A1" w:rsidRDefault="004326A1" w:rsidP="004326A1">
+          <w:p w14:paraId="40F583E9" w14:textId="53270452" w:rsidR="004326A1" w:rsidRDefault="004326A1" w:rsidP="004326A1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1713"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">FIT value </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="1989972686"/>
                 <w:placeholder>
                   <w:docPart w:val="818CA1AD16224F88AEC5C4EF4201AE97"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="005D703C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D93346">
-[...19 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w14:paraId="25D267EC" w14:textId="77777777" w:rsidR="004326A1" w:rsidRDefault="004326A1" w:rsidP="004326A1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1713"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Reason FIT was requested:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13E9A041" w14:textId="77777777" w:rsidR="004326A1" w:rsidRDefault="00000000" w:rsidP="004326A1">
+          <w:p w14:paraId="13E9A041" w14:textId="77777777" w:rsidR="004326A1" w:rsidRDefault="00410F55" w:rsidP="004326A1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-319191042"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004326A1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004326A1" w:rsidRPr="00A73A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Abdominal mass</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04B59716" w14:textId="77777777" w:rsidR="004326A1" w:rsidRDefault="00000000" w:rsidP="004326A1">
+          <w:p w14:paraId="04B59716" w14:textId="77777777" w:rsidR="004326A1" w:rsidRDefault="00410F55" w:rsidP="004326A1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1713"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="256184428"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>hange in bowel habit</w:t>
             </w:r>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>; or</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4571E6AE" w14:textId="77777777" w:rsidR="004326A1" w:rsidRDefault="00000000" w:rsidP="004326A1">
+          <w:p w14:paraId="4571E6AE" w14:textId="77777777" w:rsidR="004326A1" w:rsidRDefault="00410F55" w:rsidP="004326A1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1050"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1233665730"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Iron Deficiency Anaemia (IDA)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DAB8A30" w14:textId="77777777" w:rsidR="004326A1" w:rsidRDefault="00000000" w:rsidP="004326A1">
+          <w:p w14:paraId="3DAB8A30" w14:textId="77777777" w:rsidR="004326A1" w:rsidRDefault="00410F55" w:rsidP="004326A1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1713"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1452661807"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>≥ 40years with</w:t>
             </w:r>
             <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:anchor="unexplained" w:history="1">
+            <w:hyperlink r:id="rId11" w:anchor="unexplained" w:history="1">
               <w:r w:rsidR="004326A1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>un</w:t>
               </w:r>
               <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>explained</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> weight loss and abdominal pain</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78E11944" w14:textId="77777777" w:rsidR="004326A1" w:rsidRPr="0093556C" w:rsidRDefault="00000000" w:rsidP="004326A1">
+          <w:p w14:paraId="78E11944" w14:textId="77777777" w:rsidR="004326A1" w:rsidRPr="0093556C" w:rsidRDefault="00410F55" w:rsidP="004326A1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1050"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-144201670"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004326A1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>&lt;</w:t>
             </w:r>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -3750,116 +3579,117 @@
           </w:p>
           <w:p w14:paraId="6E9350FE" w14:textId="77777777" w:rsidR="004326A1" w:rsidRPr="006D47D1" w:rsidRDefault="004326A1" w:rsidP="004326A1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1050"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0030630C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Abdominal pain OR weight loss</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="249713E4" w14:textId="3EE1CDC9" w:rsidR="004326A1" w:rsidRDefault="00000000" w:rsidP="004326A1">
+          <w:p w14:paraId="249713E4" w14:textId="3EE1CDC9" w:rsidR="004326A1" w:rsidRDefault="00410F55" w:rsidP="004326A1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1050"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1121273970"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004326A1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>≥</w:t>
             </w:r>
             <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>50 years with</w:t>
             </w:r>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> an</w:t>
             </w:r>
             <w:r w:rsidR="006666CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the following </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:anchor="unexplained" w:history="1">
+            <w:hyperlink r:id="rId12" w:anchor="unexplained" w:history="1">
               <w:r w:rsidR="004326A1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>u</w:t>
               </w:r>
               <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>nexplained</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -3868,132 +3698,134 @@
           </w:p>
           <w:p w14:paraId="52E2CFCB" w14:textId="77777777" w:rsidR="004326A1" w:rsidRPr="006D47D1" w:rsidRDefault="004326A1" w:rsidP="004326A1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1050"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0030630C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Rectal bleeding OR abdominal pain OR weight loss</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="624A80E6" w14:textId="77777777" w:rsidR="004326A1" w:rsidRPr="0093556C" w:rsidRDefault="00000000" w:rsidP="004326A1">
+          <w:p w14:paraId="624A80E6" w14:textId="77777777" w:rsidR="004326A1" w:rsidRPr="0093556C" w:rsidRDefault="00410F55" w:rsidP="004326A1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1050"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-401062773"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>≥</w:t>
             </w:r>
             <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> 60 years </w:t>
             </w:r>
             <w:r w:rsidR="004326A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">with anaemia even in the absence of iron deficiency </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F3FF5CF" w14:textId="77777777" w:rsidR="004326A1" w:rsidRDefault="00000000" w:rsidP="004326A1">
+          <w:p w14:paraId="5F3FF5CF" w14:textId="77777777" w:rsidR="004326A1" w:rsidRDefault="00410F55" w:rsidP="004326A1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1050"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1247159225"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004326A1" w:rsidRPr="0093556C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="004326A1" w:rsidRPr="00B9312A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">FIT </w:t>
             </w:r>
             <w:r w:rsidR="004326A1">
               <w:rPr>
@@ -4044,97 +3876,97 @@
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">(please state) </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1740781165"/>
                 <w:placeholder>
                   <w:docPart w:val="9F744F15B6E24FC4BECC5A1305F74C63"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00FE20A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="09066870" w14:textId="55E13B65" w:rsidR="00E72511" w:rsidRPr="00E72511" w:rsidRDefault="00E72511" w:rsidP="00E72511">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1240"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="498F8D09" w14:textId="77777777" w:rsidR="004326A1" w:rsidRDefault="004326A1" w:rsidP="004326A1">
             <w:pPr>
               <w:pStyle w:val="xmsonormal"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE0964">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Consider referring patient with </w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00EE0964">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:t>unexplained</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EE0964">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> persistent rectal bleeding and a FIT &lt;10 via an urgent colorectal pathway where available</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1ECE13B5" w14:textId="77777777" w:rsidR="009762DD" w:rsidRDefault="009762DD" w:rsidP="004326A1">
             <w:pPr>
               <w:pStyle w:val="xmsonormal"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
@@ -4178,59 +4010,68 @@
               <w:t>normal</w:t>
             </w:r>
             <w:r w:rsidRPr="00B62070">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> FIT result through the NHS bowel cancer screening programme.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4486B844" w14:textId="77777777" w:rsidR="009762DD" w:rsidRDefault="009762DD" w:rsidP="009762DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1713"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363351">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Please note</w:t>
+              <w:t xml:space="preserve">Please </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00363351">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>note</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> that a FIT</w:t>
             </w:r>
             <w:r w:rsidRPr="00363351">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> result enables patients to be prioritised to the correct service and enhances patient care to the right test at the right time. Please </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">refer with a FIT result where possible. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F57E05E" w14:textId="77777777" w:rsidR="009762DD" w:rsidRDefault="009762DD" w:rsidP="009762DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1713"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
@@ -4458,65 +4299,75 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>r old</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, Faecal calprotectin is more appropriate for C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">hange </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001D7DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">n </w:t>
+              <w:t>n</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">owel </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
@@ -4580,453 +4431,480 @@
           <w:p w14:paraId="4028335E" w14:textId="77777777" w:rsidR="009762DD" w:rsidRPr="00FE3A3F" w:rsidRDefault="009762DD" w:rsidP="009762DD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1713"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE3A3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Negative FIT=CRC risk &lt;1% if normal examination and no weight loss or IDA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28301275" w14:textId="7E2202EC" w:rsidR="00FD0297" w:rsidRPr="00FD0297" w:rsidRDefault="004326A1" w:rsidP="004326A1">
-            <w:pPr>
+          <w:p w14:paraId="4F5AE342" w14:textId="77777777" w:rsidR="00317B06" w:rsidRPr="00317B06" w:rsidRDefault="004326A1" w:rsidP="00317B06">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1713"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t>For more information ctrl click here</w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="00AE3D56">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (hyperlink to Guidance)</w:t>
-            </w:r>
+              <w:t>For more information ctrl click here</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE3D56">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B81ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidR="00317B06" w:rsidRPr="00317B06">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:szCs w:val="27"/>
+                </w:rPr>
+                <w:t>Lower GI / Colorectal referral guide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="28301275" w14:textId="6CCD394F" w:rsidR="00FD0297" w:rsidRPr="00FD0297" w:rsidRDefault="00FD0297" w:rsidP="004326A1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1713"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E21862" w:rsidRPr="00FD0297" w14:paraId="12CD7BD8" w14:textId="77777777" w:rsidTr="00E21862">
         <w:trPr>
           <w:trHeight w:val="347"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="30FA70FE" w14:textId="65249C66" w:rsidR="00E21862" w:rsidRPr="00E21862" w:rsidRDefault="00000000" w:rsidP="00E34B49">
+          <w:p w14:paraId="30FA70FE" w14:textId="65249C66" w:rsidR="00E21862" w:rsidRPr="00E21862" w:rsidRDefault="00410F55" w:rsidP="00E34B49">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1317998895"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E34B49">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E34B49" w:rsidRPr="00192912">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Referral is due to CLINICAL CONCERNS that do not meet NICE referral</w:t>
             </w:r>
             <w:r w:rsidR="00E34B49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> guidance.</w:t>
             </w:r>
             <w:r w:rsidR="00E34B49" w:rsidRPr="00192912">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E34B49" w:rsidRPr="00B81899">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Please include any additional clinical concerns:</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1022742747"/>
                 <w:placeholder>
                   <w:docPart w:val="2A7ED4B6E3E24C13855C19FD9E89005E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E34B49" w:rsidRPr="00B81899">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD0297" w:rsidRPr="00FD0297" w14:paraId="60363A19" w14:textId="77777777" w:rsidTr="00676EC9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6E08BC8C" w14:textId="77777777" w:rsidR="00FD0297" w:rsidRPr="00FD0297" w:rsidRDefault="00FD0297" w:rsidP="00FD0297">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Investigations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD0297" w:rsidRPr="00FD0297" w14:paraId="42495918" w14:textId="77777777" w:rsidTr="0059467D">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="1B5FB903" w14:textId="33ED8D41" w:rsidR="00FD0297" w:rsidRPr="00FD0297" w:rsidRDefault="004B4F8E" w:rsidP="00142F62">
+          <w:p w14:paraId="1B5FB903" w14:textId="5E978FEE" w:rsidR="00FD0297" w:rsidRPr="00FD0297" w:rsidRDefault="004B4F8E" w:rsidP="00142F62">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Blood Test (less than 12 </w:t>
             </w:r>
             <w:r w:rsidR="00FD0297" w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">weeks old) Results: Date of Test: DD/MM/YYY </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Auto-populated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD0297" w:rsidRPr="00FD0297" w14:paraId="7922D854" w14:textId="77777777" w:rsidTr="004C159C">
         <w:trPr>
           <w:trHeight w:val="112"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="12EBBF9E" w14:textId="2F702123" w:rsidR="00FD0297" w:rsidRPr="007C7D98" w:rsidRDefault="007C7D98" w:rsidP="00D56E6D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C7D98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Useful blood tests to accompany referral:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD0297" w:rsidRPr="00FD0297" w14:paraId="44FD750A" w14:textId="77777777" w:rsidTr="00437C9C">
         <w:trPr>
           <w:trHeight w:val="112"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4520" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E45E05B" w14:textId="0E2EF573" w:rsidR="003E53AD" w:rsidRPr="003E53AD" w:rsidRDefault="00000000" w:rsidP="00ED0B3F">
+          <w:p w14:paraId="2E45E05B" w14:textId="0D5ACEB0" w:rsidR="003E53AD" w:rsidRPr="003E53AD" w:rsidRDefault="00410F55" w:rsidP="00ED0B3F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="181399797"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00ED0B3F" w:rsidRPr="00303BF1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00ED0B3F" w:rsidRPr="00303BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00ED0B3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>FBC</w:t>
             </w:r>
             <w:r w:rsidR="0043697B" w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Auto-populated</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="39F3A3FA" w14:textId="66011FAD" w:rsidR="00B74580" w:rsidRPr="00027876" w:rsidRDefault="00000000" w:rsidP="00ED0B3F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39F3A3FA" w14:textId="77798E73" w:rsidR="00B74580" w:rsidRPr="00027876" w:rsidRDefault="00410F55" w:rsidP="00ED0B3F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1151416862"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00ED0B3F" w:rsidRPr="00303BF1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00ED0B3F" w:rsidRPr="00303BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  Ferritin</w:t>
             </w:r>
             <w:r w:rsidR="0043697B" w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Auto-populated</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D4D872C" w14:textId="251CF88F" w:rsidR="0043697B" w:rsidRPr="00303BF1" w:rsidRDefault="00000000" w:rsidP="0043697B">
+          <w:p w14:paraId="6D4D872C" w14:textId="4CA48538" w:rsidR="0043697B" w:rsidRPr="00303BF1" w:rsidRDefault="00410F55" w:rsidP="0043697B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1162674605"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006A4864">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006A4864">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  Liver Function Test </w:t>
             </w:r>
-            <w:r w:rsidR="006A4864" w:rsidRPr="00FD0297">
-[...7 lines deleted...]
-          <w:p w14:paraId="6E516E32" w14:textId="52B76730" w:rsidR="00FD0297" w:rsidRPr="00FD0297" w:rsidRDefault="00000000" w:rsidP="00142F62">
+          </w:p>
+          <w:p w14:paraId="6E516E32" w14:textId="50D9BFEB" w:rsidR="00FD0297" w:rsidRPr="00FD0297" w:rsidRDefault="00410F55" w:rsidP="00142F62">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1634097420"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0043697B" w:rsidRPr="00303BF1">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0043697B" w:rsidRPr="00303BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  U+E</w:t>
             </w:r>
             <w:r w:rsidR="0043697B" w:rsidRPr="00FD0297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Auto-populated</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E0706A" w:rsidRPr="00FD0297" w14:paraId="07B086D2" w14:textId="77777777" w:rsidTr="00FD0297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="55523637" w14:textId="77777777" w:rsidR="00E0706A" w:rsidRPr="00A7710E" w:rsidRDefault="00E0706A" w:rsidP="00E0706A">
             <w:pPr>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A7710E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5040,249 +4918,262 @@
           </w:p>
           <w:p w14:paraId="5EF2122F" w14:textId="2701A867" w:rsidR="00E0706A" w:rsidRPr="00FD0297" w:rsidRDefault="00BF1893" w:rsidP="00E0706A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>If this case has been discussed with the secondary care clinical team, please specify with whom, when and advice given:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C11D43" w:rsidRPr="00FD0297" w14:paraId="5D9257B8" w14:textId="77777777" w:rsidTr="00FD0297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="1A30CF6D" w14:textId="670CB45A" w:rsidR="00C11D43" w:rsidRPr="00FD0297" w:rsidRDefault="00C11D43" w:rsidP="00C11D43">
+          <w:p w14:paraId="1A30CF6D" w14:textId="7C5766A0" w:rsidR="00C11D43" w:rsidRPr="00FD0297" w:rsidRDefault="00C11D43" w:rsidP="00C11D43">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3800"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Relevant Consultation Notes including referral letter – </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>Can be attached via usual process</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C11D43" w:rsidRPr="00FD0297" w14:paraId="62B24F18" w14:textId="77777777" w:rsidTr="00FD0297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="652BF712" w14:textId="7298CC4E" w:rsidR="00C11D43" w:rsidRPr="00FD0297" w:rsidRDefault="00C11D43" w:rsidP="00C11D43">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Patient summary to include</w:t>
+              <w:t xml:space="preserve">Patient summary to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>include</w:t>
             </w:r>
             <w:r w:rsidRPr="00B81899">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>; past medical history; recent investigations</w:t>
+              <w:t>;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B81899">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> past medical history; recent investigations</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> and medications</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C11D43" w:rsidRPr="00FD0297" w14:paraId="7E3F8A84" w14:textId="77777777" w:rsidTr="00AF4BB0">
         <w:trPr>
           <w:trHeight w:val="1704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="6EE91109" w14:textId="6BEDC065" w:rsidR="00C11D43" w:rsidRPr="00FD0297" w:rsidRDefault="00C11D43" w:rsidP="00C11D43">
+          <w:p w14:paraId="6EE91109" w14:textId="6FB7E19E" w:rsidR="00C11D43" w:rsidRPr="00FD0297" w:rsidRDefault="00C11D43" w:rsidP="00C11D43">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC3199">
-[...12 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B5A9F4C" w14:textId="77777777" w:rsidR="009C4254" w:rsidRPr="00FD0297" w:rsidRDefault="009C4254" w:rsidP="009C4254">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00954E11" w14:textId="202B93D8" w:rsidR="00736723" w:rsidRDefault="00736723" w:rsidP="00736723">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>If eRS is not available or i</w:t>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>eRS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is not available or i</w:t>
       </w:r>
       <w:r w:rsidRPr="00F12780">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">n business </w:t>
       </w:r>
       <w:r w:rsidR="00100B2E" w:rsidRPr="00F12780">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>continuity,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F12780">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> please use relevant trust email address for urgent suspected cancer referral</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E9E05EA" w14:textId="77777777" w:rsidR="00275ABA" w:rsidRPr="00FD0297" w:rsidRDefault="00275ABA" w:rsidP="006D6764">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00275ABA" w:rsidRPr="00FD0297">
-      <w:headerReference w:type="even" r:id="rId11"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61F12976" w14:textId="77777777" w:rsidR="002412DE" w:rsidRDefault="002412DE" w:rsidP="006D6764">
+    <w:p w14:paraId="07E946C6" w14:textId="77777777" w:rsidR="00410F55" w:rsidRDefault="00410F55" w:rsidP="006D6764">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08608FA9" w14:textId="77777777" w:rsidR="002412DE" w:rsidRDefault="002412DE" w:rsidP="006D6764">
+    <w:p w14:paraId="6E428B80" w14:textId="77777777" w:rsidR="00410F55" w:rsidRDefault="00410F55" w:rsidP="006D6764">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5334,133 +5225,103 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="62676CD0" w14:textId="77777777" w:rsidR="00E72511" w:rsidRDefault="00E72511">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7121BF35" w14:textId="0366C6FD" w:rsidR="00B476CB" w:rsidRDefault="00E72511">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Published December 2025 review date December 2026 </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="165D3C82" w14:textId="77777777" w:rsidR="006D6764" w:rsidRDefault="006D6764">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11FB6E24" w14:textId="77777777" w:rsidR="002412DE" w:rsidRDefault="002412DE" w:rsidP="006D6764">
+    <w:p w14:paraId="519FD20C" w14:textId="77777777" w:rsidR="00410F55" w:rsidRDefault="00410F55" w:rsidP="006D6764">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74B86328" w14:textId="77777777" w:rsidR="002412DE" w:rsidRDefault="002412DE" w:rsidP="006D6764">
+    <w:p w14:paraId="5EB324A5" w14:textId="77777777" w:rsidR="00410F55" w:rsidRDefault="00410F55" w:rsidP="006D6764">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5A2DAEA4" w14:textId="77777777" w:rsidR="00E72511" w:rsidRDefault="00E72511">
-[...9 lines deleted...]
-  <w:p w14:paraId="49FDCD13" w14:textId="1F61EF47" w:rsidR="006D6764" w:rsidRDefault="00227682">
+  <w:p w14:paraId="49FDCD13" w14:textId="262AA08E" w:rsidR="006D6764" w:rsidRDefault="00227682">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B254459" wp14:editId="2FBBBDBC">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B254459" wp14:editId="4C5E313D">
           <wp:extent cx="2000816" cy="485775"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1908984207" name="Picture 1" descr="A close-up of a sign&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="A close-up of a sign&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
@@ -5470,60 +5331,50 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2013226" cy="488788"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="006D6764">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006D6764">
       <w:tab/>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="029A0C15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5B4AC25E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -5600,50 +5451,199 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C787184"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="541C0B98"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B137799"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E14EFFA6"/>
     <w:lvl w:ilvl="0" w:tplc="31B2FB48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9042B3B8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5739,51 +5739,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="AE4C190A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="652F7655"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18861F06"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5852,51 +5852,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="714960D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A3DCDF9C"/>
     <w:lvl w:ilvl="0" w:tplc="16B6A714">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2C144420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5992,51 +5992,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D0D2A65C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75562B31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D22F0CA"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6106,99 +6106,103 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="891623565">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="452750678">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="969358993">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="500464129">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1839080691">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1108812435">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B32A4F"/>
     <w:rsid w:val="00004E52"/>
     <w:rsid w:val="00012FF5"/>
     <w:rsid w:val="00022102"/>
     <w:rsid w:val="00022364"/>
     <w:rsid w:val="00027876"/>
     <w:rsid w:val="000478A4"/>
+    <w:rsid w:val="00060673"/>
     <w:rsid w:val="00065829"/>
     <w:rsid w:val="00073536"/>
     <w:rsid w:val="000A15A7"/>
     <w:rsid w:val="000B0B6F"/>
     <w:rsid w:val="000B24F0"/>
     <w:rsid w:val="000C0951"/>
     <w:rsid w:val="000D4940"/>
     <w:rsid w:val="001000C0"/>
     <w:rsid w:val="00100B2E"/>
     <w:rsid w:val="00105AF2"/>
     <w:rsid w:val="0011209D"/>
     <w:rsid w:val="0011321E"/>
     <w:rsid w:val="001135F3"/>
     <w:rsid w:val="00130E70"/>
     <w:rsid w:val="00135618"/>
     <w:rsid w:val="00142F62"/>
     <w:rsid w:val="001559C6"/>
     <w:rsid w:val="00162F4B"/>
     <w:rsid w:val="00173BBA"/>
     <w:rsid w:val="0018798A"/>
     <w:rsid w:val="00194890"/>
     <w:rsid w:val="001A3CD6"/>
     <w:rsid w:val="001A7567"/>
     <w:rsid w:val="001B1EE0"/>
     <w:rsid w:val="001D5B1C"/>
@@ -6207,336 +6211,356 @@
     <w:rsid w:val="001E6046"/>
     <w:rsid w:val="001F492C"/>
     <w:rsid w:val="00212A08"/>
     <w:rsid w:val="00220E5E"/>
     <w:rsid w:val="002212A4"/>
     <w:rsid w:val="002230F3"/>
     <w:rsid w:val="00227682"/>
     <w:rsid w:val="002304C2"/>
     <w:rsid w:val="00232031"/>
     <w:rsid w:val="00235ABF"/>
     <w:rsid w:val="002412DE"/>
     <w:rsid w:val="00251989"/>
     <w:rsid w:val="00266D1B"/>
     <w:rsid w:val="00275ABA"/>
     <w:rsid w:val="00294598"/>
     <w:rsid w:val="00295DE9"/>
     <w:rsid w:val="002A54E6"/>
     <w:rsid w:val="002C7B55"/>
     <w:rsid w:val="002D2195"/>
     <w:rsid w:val="002E3290"/>
     <w:rsid w:val="002F684E"/>
     <w:rsid w:val="002F7790"/>
     <w:rsid w:val="00301379"/>
     <w:rsid w:val="00303DA6"/>
     <w:rsid w:val="00305BF4"/>
+    <w:rsid w:val="00317B06"/>
     <w:rsid w:val="003249FE"/>
     <w:rsid w:val="003326C1"/>
     <w:rsid w:val="003333AC"/>
     <w:rsid w:val="0034429B"/>
     <w:rsid w:val="0034574B"/>
     <w:rsid w:val="00347620"/>
     <w:rsid w:val="00362B51"/>
     <w:rsid w:val="00375217"/>
     <w:rsid w:val="0038155E"/>
     <w:rsid w:val="003A0B7C"/>
     <w:rsid w:val="003A7774"/>
     <w:rsid w:val="003A7B8B"/>
     <w:rsid w:val="003C104A"/>
     <w:rsid w:val="003C578A"/>
     <w:rsid w:val="003D5AA1"/>
     <w:rsid w:val="003E53AD"/>
     <w:rsid w:val="003E7DD3"/>
     <w:rsid w:val="003F5C75"/>
     <w:rsid w:val="00401377"/>
     <w:rsid w:val="00405E65"/>
     <w:rsid w:val="00406D4F"/>
+    <w:rsid w:val="00410F55"/>
     <w:rsid w:val="00411038"/>
     <w:rsid w:val="00414A1E"/>
     <w:rsid w:val="00417FA9"/>
     <w:rsid w:val="004216AF"/>
     <w:rsid w:val="004326A1"/>
     <w:rsid w:val="00433803"/>
     <w:rsid w:val="0043697B"/>
     <w:rsid w:val="00437C9C"/>
     <w:rsid w:val="004425F9"/>
     <w:rsid w:val="00443AF5"/>
+    <w:rsid w:val="00444110"/>
     <w:rsid w:val="00447C05"/>
     <w:rsid w:val="00467A28"/>
     <w:rsid w:val="00474B57"/>
     <w:rsid w:val="00475108"/>
     <w:rsid w:val="00487C02"/>
     <w:rsid w:val="00487C14"/>
     <w:rsid w:val="004A7D60"/>
     <w:rsid w:val="004B253C"/>
     <w:rsid w:val="004B3A51"/>
     <w:rsid w:val="004B4F8E"/>
+    <w:rsid w:val="004B57EB"/>
     <w:rsid w:val="004C1033"/>
+    <w:rsid w:val="004C276C"/>
     <w:rsid w:val="004D185F"/>
     <w:rsid w:val="004E2017"/>
     <w:rsid w:val="004E69B2"/>
     <w:rsid w:val="00520020"/>
     <w:rsid w:val="0052434B"/>
     <w:rsid w:val="00530162"/>
     <w:rsid w:val="005324FD"/>
     <w:rsid w:val="00535075"/>
     <w:rsid w:val="00560264"/>
     <w:rsid w:val="00560CAE"/>
     <w:rsid w:val="005623E2"/>
     <w:rsid w:val="0056256C"/>
     <w:rsid w:val="00562A04"/>
     <w:rsid w:val="00574172"/>
     <w:rsid w:val="00574A8A"/>
     <w:rsid w:val="0058516A"/>
     <w:rsid w:val="00586AE4"/>
     <w:rsid w:val="00591281"/>
     <w:rsid w:val="0059467D"/>
     <w:rsid w:val="00594D7C"/>
     <w:rsid w:val="005958DA"/>
     <w:rsid w:val="005A0F7A"/>
     <w:rsid w:val="005A6C95"/>
     <w:rsid w:val="005A7C1F"/>
     <w:rsid w:val="005A7D2F"/>
     <w:rsid w:val="005B5CFE"/>
     <w:rsid w:val="005C3215"/>
     <w:rsid w:val="005C6DB2"/>
     <w:rsid w:val="005D4E7F"/>
+    <w:rsid w:val="005D74E4"/>
     <w:rsid w:val="005E1A79"/>
     <w:rsid w:val="005F1E6D"/>
     <w:rsid w:val="00606D1F"/>
     <w:rsid w:val="00623501"/>
     <w:rsid w:val="006266FC"/>
     <w:rsid w:val="00635DE1"/>
     <w:rsid w:val="00635E73"/>
     <w:rsid w:val="00646F81"/>
     <w:rsid w:val="006520A0"/>
     <w:rsid w:val="00654A12"/>
+    <w:rsid w:val="00665126"/>
     <w:rsid w:val="006666CA"/>
+    <w:rsid w:val="00671AD3"/>
     <w:rsid w:val="00686BAB"/>
+    <w:rsid w:val="00692E75"/>
     <w:rsid w:val="0069404E"/>
     <w:rsid w:val="006A04D1"/>
     <w:rsid w:val="006A1F59"/>
     <w:rsid w:val="006A4864"/>
     <w:rsid w:val="006A5EE6"/>
     <w:rsid w:val="006C0B62"/>
     <w:rsid w:val="006C2372"/>
     <w:rsid w:val="006D6764"/>
     <w:rsid w:val="006E3BD2"/>
     <w:rsid w:val="00712FD0"/>
     <w:rsid w:val="0072410C"/>
     <w:rsid w:val="00730330"/>
     <w:rsid w:val="00736723"/>
     <w:rsid w:val="00740D3B"/>
     <w:rsid w:val="00757739"/>
     <w:rsid w:val="00760941"/>
     <w:rsid w:val="00763ABA"/>
     <w:rsid w:val="00767ECD"/>
     <w:rsid w:val="0077191A"/>
+    <w:rsid w:val="00773876"/>
     <w:rsid w:val="0078351C"/>
     <w:rsid w:val="00784766"/>
     <w:rsid w:val="0078663C"/>
     <w:rsid w:val="00795C9E"/>
     <w:rsid w:val="007A16D7"/>
     <w:rsid w:val="007A3BC2"/>
     <w:rsid w:val="007B0E8C"/>
     <w:rsid w:val="007C7D98"/>
     <w:rsid w:val="007D0BDC"/>
     <w:rsid w:val="007E46E6"/>
     <w:rsid w:val="00800B50"/>
     <w:rsid w:val="00812B7E"/>
     <w:rsid w:val="008138DB"/>
     <w:rsid w:val="008310BD"/>
     <w:rsid w:val="008330A5"/>
     <w:rsid w:val="00840C5B"/>
     <w:rsid w:val="00841CFC"/>
     <w:rsid w:val="00844621"/>
     <w:rsid w:val="0084776D"/>
     <w:rsid w:val="00854753"/>
     <w:rsid w:val="008577D5"/>
     <w:rsid w:val="00865B67"/>
     <w:rsid w:val="00867D5A"/>
     <w:rsid w:val="008974AE"/>
     <w:rsid w:val="008A45E0"/>
     <w:rsid w:val="008A6EEB"/>
     <w:rsid w:val="008B7758"/>
     <w:rsid w:val="008C5906"/>
     <w:rsid w:val="008D779A"/>
     <w:rsid w:val="008F37FB"/>
     <w:rsid w:val="00900EE1"/>
     <w:rsid w:val="009111E7"/>
     <w:rsid w:val="0091514C"/>
     <w:rsid w:val="00917EF6"/>
     <w:rsid w:val="00924C1B"/>
     <w:rsid w:val="009427B1"/>
     <w:rsid w:val="00942D79"/>
     <w:rsid w:val="00964355"/>
     <w:rsid w:val="0096613C"/>
     <w:rsid w:val="00972900"/>
     <w:rsid w:val="00974C0B"/>
     <w:rsid w:val="009762DD"/>
     <w:rsid w:val="009872C3"/>
     <w:rsid w:val="00996902"/>
+    <w:rsid w:val="009A24B7"/>
     <w:rsid w:val="009A37F9"/>
     <w:rsid w:val="009A594D"/>
     <w:rsid w:val="009B2818"/>
     <w:rsid w:val="009C4254"/>
     <w:rsid w:val="009C58AE"/>
     <w:rsid w:val="009D117A"/>
     <w:rsid w:val="009D3D2B"/>
     <w:rsid w:val="009E198D"/>
     <w:rsid w:val="00A01AD0"/>
     <w:rsid w:val="00A044E7"/>
     <w:rsid w:val="00A05382"/>
     <w:rsid w:val="00A10017"/>
     <w:rsid w:val="00A113FC"/>
     <w:rsid w:val="00A13FFE"/>
     <w:rsid w:val="00A21C9C"/>
     <w:rsid w:val="00A25185"/>
     <w:rsid w:val="00A27A16"/>
     <w:rsid w:val="00A302B7"/>
     <w:rsid w:val="00A433E9"/>
     <w:rsid w:val="00A443C1"/>
     <w:rsid w:val="00A45A5E"/>
     <w:rsid w:val="00A57CEE"/>
     <w:rsid w:val="00A73553"/>
     <w:rsid w:val="00A73A2B"/>
     <w:rsid w:val="00A8137C"/>
     <w:rsid w:val="00A82D4B"/>
     <w:rsid w:val="00A85C1B"/>
     <w:rsid w:val="00A947E5"/>
     <w:rsid w:val="00AA0750"/>
     <w:rsid w:val="00AA5D5E"/>
     <w:rsid w:val="00AC3324"/>
     <w:rsid w:val="00AC589C"/>
     <w:rsid w:val="00AC7091"/>
     <w:rsid w:val="00AD72C4"/>
     <w:rsid w:val="00AE69B1"/>
     <w:rsid w:val="00AF4BB0"/>
     <w:rsid w:val="00AF74AE"/>
     <w:rsid w:val="00B02195"/>
     <w:rsid w:val="00B0394C"/>
     <w:rsid w:val="00B1352F"/>
     <w:rsid w:val="00B32A4F"/>
     <w:rsid w:val="00B37AA6"/>
     <w:rsid w:val="00B476CB"/>
     <w:rsid w:val="00B66096"/>
     <w:rsid w:val="00B74580"/>
+    <w:rsid w:val="00B81ABF"/>
     <w:rsid w:val="00B851D8"/>
     <w:rsid w:val="00B860E2"/>
+    <w:rsid w:val="00B86D47"/>
     <w:rsid w:val="00BB13D6"/>
     <w:rsid w:val="00BB6409"/>
     <w:rsid w:val="00BB6C32"/>
     <w:rsid w:val="00BC02E1"/>
     <w:rsid w:val="00BC3B75"/>
     <w:rsid w:val="00BD2BBD"/>
     <w:rsid w:val="00BD4A40"/>
     <w:rsid w:val="00BF1893"/>
     <w:rsid w:val="00C07017"/>
     <w:rsid w:val="00C11D43"/>
     <w:rsid w:val="00C22FE1"/>
     <w:rsid w:val="00C25D6D"/>
     <w:rsid w:val="00C2607A"/>
     <w:rsid w:val="00C321F7"/>
     <w:rsid w:val="00C3484D"/>
+    <w:rsid w:val="00C47052"/>
     <w:rsid w:val="00C6340B"/>
     <w:rsid w:val="00CA18E6"/>
     <w:rsid w:val="00CA62B8"/>
     <w:rsid w:val="00CA6BC6"/>
     <w:rsid w:val="00CC79F1"/>
     <w:rsid w:val="00CF7356"/>
     <w:rsid w:val="00D00FB5"/>
     <w:rsid w:val="00D06EE2"/>
     <w:rsid w:val="00D21998"/>
     <w:rsid w:val="00D25194"/>
+    <w:rsid w:val="00D25E00"/>
     <w:rsid w:val="00D270FA"/>
     <w:rsid w:val="00D33FA7"/>
     <w:rsid w:val="00D34010"/>
     <w:rsid w:val="00D37622"/>
     <w:rsid w:val="00D41D94"/>
+    <w:rsid w:val="00D42A93"/>
     <w:rsid w:val="00D5637B"/>
     <w:rsid w:val="00D56E6D"/>
     <w:rsid w:val="00D6336C"/>
     <w:rsid w:val="00D67220"/>
     <w:rsid w:val="00D905F0"/>
     <w:rsid w:val="00DC4F4A"/>
     <w:rsid w:val="00DD1709"/>
     <w:rsid w:val="00DD32BA"/>
     <w:rsid w:val="00DD5F26"/>
     <w:rsid w:val="00DE59DD"/>
     <w:rsid w:val="00DF5BA0"/>
     <w:rsid w:val="00E0706A"/>
     <w:rsid w:val="00E102D6"/>
     <w:rsid w:val="00E16E51"/>
     <w:rsid w:val="00E21862"/>
     <w:rsid w:val="00E22780"/>
     <w:rsid w:val="00E25D44"/>
     <w:rsid w:val="00E325D6"/>
     <w:rsid w:val="00E33BC3"/>
     <w:rsid w:val="00E34B49"/>
     <w:rsid w:val="00E40C60"/>
     <w:rsid w:val="00E43077"/>
     <w:rsid w:val="00E51709"/>
     <w:rsid w:val="00E567CE"/>
     <w:rsid w:val="00E70575"/>
     <w:rsid w:val="00E72026"/>
     <w:rsid w:val="00E72511"/>
     <w:rsid w:val="00E7780B"/>
+    <w:rsid w:val="00E77F88"/>
     <w:rsid w:val="00E80073"/>
     <w:rsid w:val="00E817D0"/>
     <w:rsid w:val="00E82A62"/>
     <w:rsid w:val="00E8659A"/>
     <w:rsid w:val="00E87C17"/>
     <w:rsid w:val="00EA4897"/>
     <w:rsid w:val="00EA751C"/>
     <w:rsid w:val="00EB377E"/>
     <w:rsid w:val="00EC2565"/>
     <w:rsid w:val="00ED0B3F"/>
     <w:rsid w:val="00EF1EC5"/>
     <w:rsid w:val="00EF7C32"/>
     <w:rsid w:val="00F07EA3"/>
     <w:rsid w:val="00F123D3"/>
     <w:rsid w:val="00F12780"/>
     <w:rsid w:val="00F134AB"/>
     <w:rsid w:val="00F15A73"/>
     <w:rsid w:val="00F17D39"/>
     <w:rsid w:val="00F26F5B"/>
     <w:rsid w:val="00F270F2"/>
     <w:rsid w:val="00F32DE7"/>
     <w:rsid w:val="00F339E8"/>
     <w:rsid w:val="00F405EA"/>
     <w:rsid w:val="00F45C4B"/>
     <w:rsid w:val="00F756AC"/>
     <w:rsid w:val="00F808A9"/>
     <w:rsid w:val="00F975B6"/>
     <w:rsid w:val="00FA0963"/>
     <w:rsid w:val="00FA352E"/>
     <w:rsid w:val="00FA5E62"/>
     <w:rsid w:val="00FB03CA"/>
     <w:rsid w:val="00FC7802"/>
     <w:rsid w:val="00FD0297"/>
     <w:rsid w:val="00FE1B4B"/>
     <w:rsid w:val="00FE7423"/>
+    <w:rsid w:val="04F0AB77"/>
+    <w:rsid w:val="0EC9E25A"/>
+    <w:rsid w:val="35FDF3FE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6309368C"/>
@@ -7531,54 +7555,54 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2137795937">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ng12/chapter/terms-used-in-this-guideline" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gbr01.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.nice.org.uk%2Fguidance%2Fng12%2Fchapter%2Fterms-used-in-this-guideline%23unexplained&amp;data=05%7C01%7Cstephanie.bell3%40nhs.net%7C0e4cdf5e604249be76c108db683f2297%7C37c354b285b047f5b22207b48d774ee3%7C0%7C0%7C638218392588334833%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=Bq%2BQGPwuY1sN0vRQGC6vwjSTXnb88%2FB%2FMt2loyk2UjE%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ng12/chapter/terms-used-in-this-guideline" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gbr01.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.nice.org.uk%2Fguidance%2Fng12%2Fchapter%2Fterms-used-in-this-guideline%23unexplained&amp;data=05%7C01%7Cstephanie.bell3%40nhs.net%7C0e4cdf5e604249be76c108db683f2297%7C37c354b285b047f5b22207b48d774ee3%7C0%7C0%7C638218392588334833%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=Bq%2BQGPwuY1sN0vRQGC6vwjSTXnb88%2FB%2FMt2loyk2UjE%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ng12/chapter/terms-used-in-this-guideline" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/ng12/chapter/terms-used-in-this-guideline" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gbr01.safelinks.protection.outlook.com/?url=https%3A%2F%2Fhnyppr.org.uk%2Fdocuments%2Fd%2Fyork%2Fhnyca_suspected_lgi_cancer_referral_guidance_sept_25_v1-0&amp;data=05%7C02%7Ca.jennians%40nhs.net%7C8c87cccd8c81461a2de008de3e31e66b%7C37c354b285b047f5b22207b48d774ee3%7C0%7C0%7C639016581215118234%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=lkcJaX8NDNR1YZKU5gPtHTo3NDOMxgcjaRAENLoMXfQ%3D&amp;reserved=0" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6C289ECBA18F4272AE0810BB7C4975DB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CAEE5CE8-8DF0-40A0-BD6A-DA5295C0314E}"/>
       </w:docPartPr>
@@ -8054,93 +8078,97 @@
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00365194"/>
     <w:rsid w:val="00065829"/>
     <w:rsid w:val="000B3F04"/>
     <w:rsid w:val="00162F4B"/>
     <w:rsid w:val="001E6046"/>
     <w:rsid w:val="00201F2E"/>
     <w:rsid w:val="002212A4"/>
     <w:rsid w:val="00295DE9"/>
     <w:rsid w:val="002A396D"/>
     <w:rsid w:val="002C7B55"/>
     <w:rsid w:val="002F0DE7"/>
     <w:rsid w:val="00365194"/>
     <w:rsid w:val="003B2C1F"/>
+    <w:rsid w:val="00444110"/>
+    <w:rsid w:val="004C276C"/>
     <w:rsid w:val="004E2017"/>
     <w:rsid w:val="0056256C"/>
     <w:rsid w:val="00562C09"/>
     <w:rsid w:val="0058684B"/>
     <w:rsid w:val="00586AE4"/>
     <w:rsid w:val="005E27DD"/>
     <w:rsid w:val="006320E3"/>
     <w:rsid w:val="00654A12"/>
     <w:rsid w:val="00665126"/>
     <w:rsid w:val="00671AD3"/>
     <w:rsid w:val="006E291E"/>
     <w:rsid w:val="00703029"/>
     <w:rsid w:val="00745C94"/>
     <w:rsid w:val="00757739"/>
     <w:rsid w:val="00760110"/>
     <w:rsid w:val="00800B50"/>
     <w:rsid w:val="008018CE"/>
     <w:rsid w:val="008310BD"/>
     <w:rsid w:val="008840DE"/>
     <w:rsid w:val="009354DE"/>
     <w:rsid w:val="009358D5"/>
     <w:rsid w:val="009636F2"/>
     <w:rsid w:val="009A24B7"/>
     <w:rsid w:val="009D778C"/>
     <w:rsid w:val="00A105F1"/>
     <w:rsid w:val="00A85C1B"/>
     <w:rsid w:val="00A947E5"/>
     <w:rsid w:val="00AA45F0"/>
     <w:rsid w:val="00AC3324"/>
     <w:rsid w:val="00B56621"/>
     <w:rsid w:val="00B86D47"/>
     <w:rsid w:val="00BD2BBD"/>
     <w:rsid w:val="00C216B2"/>
     <w:rsid w:val="00C47052"/>
     <w:rsid w:val="00D42A93"/>
     <w:rsid w:val="00D90C5B"/>
     <w:rsid w:val="00E16F94"/>
     <w:rsid w:val="00E22780"/>
     <w:rsid w:val="00E463C1"/>
     <w:rsid w:val="00E471F8"/>
     <w:rsid w:val="00E63717"/>
     <w:rsid w:val="00E729BD"/>
+    <w:rsid w:val="00E77F88"/>
     <w:rsid w:val="00F34EB8"/>
+    <w:rsid w:val="00FA3AAD"/>
     <w:rsid w:val="00FB7BB5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -8966,93 +8994,394 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010086F4A7F6CDA54541B20ED3DEEBF5F18E" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="46303db98945e414ffd1856a08bc9bf4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="72241905-970d-41a1-8485-29ec8d0e272e" xmlns:ns3="5d31abdf-95b5-44c9-bd63-905fbee3349e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b21af02857accdab455f8dc1a5cff72f" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="72241905-970d-41a1-8485-29ec8d0e272e"/>
+    <xsd:import namespace="5d31abdf-95b5-44c9-bd63-905fbee3349e"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:ReviewDuedate" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="16" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="17" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="72241905-970d-41a1-8485-29ec8d0e272e" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="18" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="2c8d5fda-b97d-42c6-97e2-f76465e161c0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="22" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ReviewDuedate" ma:index="23" nillable="true" ma:displayName="Review Due date" ma:description="Next document review date" ma:format="DateOnly" ma:internalName="ReviewDuedate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5d31abdf-95b5-44c9-bd63-905fbee3349e" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{66c28639-a470-4a27-bdc9-09bf4804d455}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5d31abdf-95b5-44c9-bd63-905fbee3349e">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <ReviewDuedate xmlns="72241905-970d-41a1-8485-29ec8d0e272e" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="72241905-970d-41a1-8485-29ec8d0e272e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5d31abdf-95b5-44c9-bd63-905fbee3349e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{801CAF0E-A546-4504-82A6-8B5060670226}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C0E8522-3E60-4DF8-A5B1-E1F5312EABDC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="72241905-970d-41a1-8485-29ec8d0e272e"/>
+    <ds:schemaRef ds:uri="5d31abdf-95b5-44c9-bd63-905fbee3349e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6A9B477-1607-4B07-92BB-CC2D5A2C78BE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D78571FC-817A-4AD6-840B-30E8FF50F37F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="72241905-970d-41a1-8485-29ec8d0e272e"/>
+    <ds:schemaRef ds:uri="5d31abdf-95b5-44c9-bd63-905fbee3349e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{37c354b2-85b0-47f5-b222-07b48d774ee3}" enabled="0" method="" siteId="{37c354b2-85b0-47f5-b222-07b48d774ee3}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>6059</Characters>
+  <Pages>1</Pages>
+  <Words>1024</Words>
+  <Characters>5843</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>48</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Royal Surrey County Hospital NHS Foundation Trust</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7107</CharactersWithSpaces>
+  <CharactersWithSpaces>6854</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Melissa Perry</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010086F4A7F6CDA54541B20ED3DEEBF5F18E</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>